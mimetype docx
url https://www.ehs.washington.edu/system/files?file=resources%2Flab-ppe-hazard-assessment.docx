--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -10,51 +10,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="402EA454" w14:textId="77777777" w:rsidR="004D195B" w:rsidRPr="00C934C4" w:rsidRDefault="004D195B" w:rsidP="00C934C4"/>
     <w:p w14:paraId="1C45DA02" w14:textId="77777777" w:rsidR="00FE5E18" w:rsidRDefault="00C3489E" w:rsidP="00FE5E18">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE5E18">
         <w:t>LABORATORY</w:t>
       </w:r>
       <w:r w:rsidRPr="00900FD8">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> PERSONAL PROTECTIVE EQUIPMENT (PPE) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BDE4F61" w14:textId="35C6876B" w:rsidR="008A3B89" w:rsidRDefault="00C1022C" w:rsidP="00FE5E18">
       <w:pPr>
@@ -348,51 +348,51 @@
       <w:r w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>WAC</w:t>
       </w:r>
       <w:r w:rsidR="003C2BB3" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> 296-800-160.</w:t>
       </w:r>
       <w:r w:rsidR="00E41DA7" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678BBA09" w14:textId="77777777" w:rsidR="00E41DA7" w:rsidRPr="00FE5E18" w:rsidRDefault="00184215" w:rsidP="00FE5E18">
+    <w:p w14:paraId="678BBA09" w14:textId="588E8FF1" w:rsidR="00E41DA7" w:rsidRPr="00FE5E18" w:rsidRDefault="00184215" w:rsidP="00FE5E18">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">This document must be completed by the Principal Investigator (PI), Lab Manager or </w:t>
       </w:r>
       <w:r w:rsidR="003C2BB3" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> designee. This person must conduct a laboratory hazard assessment</w:t>
       </w:r>
       <w:r w:rsidR="00680C1E" w:rsidRPr="00FE5E18">
@@ -473,51 +473,63 @@
         </w:rPr>
         <w:t>206</w:t>
       </w:r>
       <w:r w:rsidR="003818A0" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>543</w:t>
       </w:r>
       <w:r w:rsidR="003818A0" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">7388. </w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD30C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>262</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE5E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003268DA" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>The PI</w:t>
       </w:r>
       <w:r w:rsidR="00E41DA7" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">/Lab Manager </w:t>
       </w:r>
       <w:r w:rsidR="003818A0" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00E41DA7" w:rsidRPr="00FE5E18">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">responsible for ensuring PPE requirements are followed. </w:t>
       </w:r>
@@ -568,188 +580,188 @@
       <w:r w:rsidR="00F60031">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">guide </w:t>
       </w:r>
       <w:r w:rsidR="00C3489E" w:rsidRPr="00E31659">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">consists of </w:t>
       </w:r>
       <w:r w:rsidR="00AB5E4E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>the following</w:t>
       </w:r>
       <w:r w:rsidR="00F60031">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3283F065" w14:textId="172879BF" w:rsidR="00C3489E" w:rsidRDefault="008177CC" w:rsidP="00FE5E18">
+    <w:p w14:paraId="3283F065" w14:textId="172879BF" w:rsidR="00C3489E" w:rsidRDefault="007551CE" w:rsidP="00FE5E18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:hyperlink w:anchor="_GENERAL_GUIDANCE_ON" w:history="1">
-        <w:r w:rsidR="007551CE" w:rsidRPr="00481C56">
+        <w:r w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Section 1: </w:t>
         </w:r>
         <w:r w:rsidR="00AB5E4E" w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Instructions and Guidance on PPE</w:t>
         </w:r>
-        <w:r w:rsidR="007551CE" w:rsidRPr="00481C56">
+        <w:r w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Selection</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00924661">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F60031">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00924661">
         <w:t xml:space="preserve">ages 2 </w:t>
       </w:r>
       <w:r w:rsidR="00AB5E4E">
         <w:t>and 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39989BD3" w14:textId="3D3409D1" w:rsidR="00820418" w:rsidRDefault="008177CC" w:rsidP="00FE5E18">
+    <w:p w14:paraId="39989BD3" w14:textId="3D3409D1" w:rsidR="00820418" w:rsidRDefault="008F3FE0" w:rsidP="00FE5E18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:hyperlink w:anchor="_1.0__CHEMICAL" w:history="1">
-        <w:r w:rsidR="008F3FE0" w:rsidRPr="00481C56">
+        <w:r w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section 2</w:t>
         </w:r>
         <w:r w:rsidR="007C5C0F" w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r w:rsidR="00820418" w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Laboratory PPE Hazard Assessment</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008F3FE0">
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F60031">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="008F3FE0">
+      <w:r>
         <w:t>ages 4</w:t>
       </w:r>
       <w:r w:rsidR="00FD1C48">
         <w:t xml:space="preserve"> to 17</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3DF41A" w14:textId="4B2EA81C" w:rsidR="007C5C0F" w:rsidRDefault="008177CC" w:rsidP="00FE5E18">
+    <w:p w14:paraId="1D3DF41A" w14:textId="4B2EA81C" w:rsidR="007C5C0F" w:rsidRDefault="008F3FE0" w:rsidP="00FE5E18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Section_3:_Certify" w:history="1">
-        <w:r w:rsidR="008F3FE0" w:rsidRPr="00481C56">
+        <w:r w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section 3</w:t>
         </w:r>
         <w:r w:rsidR="007C5C0F" w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>: Certif</w:t>
         </w:r>
         <w:r w:rsidR="00FD1C48" w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>y the Hazard Assessment</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FD1C48">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F60031">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00FD1C48">
         <w:t>age 18</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D4A149" w14:textId="3D16FE74" w:rsidR="008F3FE0" w:rsidRPr="00C934C4" w:rsidRDefault="008177CC" w:rsidP="00FE5E18">
+    <w:p w14:paraId="27D4A149" w14:textId="3D16FE74" w:rsidR="008F3FE0" w:rsidRPr="00C934C4" w:rsidRDefault="008F3FE0" w:rsidP="00FE5E18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Section_4:_PPE" w:history="1">
-        <w:r w:rsidR="008F3FE0" w:rsidRPr="00481C56">
+        <w:r w:rsidRPr="00481C56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section 4: PPE Training Documentation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008F3FE0">
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F60031">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00FD1C48">
         <w:t>ages 19 and 20</w:t>
       </w:r>
-      <w:r w:rsidR="008F3FE0">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233C2C16" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="008F3FE0">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5674152B" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="008F3FE0">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E5CEFE8" w14:textId="77777777" w:rsidR="00A511E2" w:rsidRDefault="00A511E2">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6C7698" w14:textId="77777777" w:rsidR="00D847A4" w:rsidRPr="00C934C4" w:rsidRDefault="00D847A4" w:rsidP="00A511E2"/>
     <w:p w14:paraId="720E5A7D" w14:textId="77777777" w:rsidR="00A511E2" w:rsidRDefault="00A511E2" w:rsidP="00105C76">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BB2733C" w14:textId="77777777" w:rsidR="00C3489E" w:rsidRPr="00FE5E18" w:rsidRDefault="00C3489E" w:rsidP="00FE5E18">
@@ -1453,51 +1465,51 @@
       </w:pPr>
       <w:r>
         <w:object w:dxaOrig="10513" w:dyaOrig="4932" w14:anchorId="40A91489">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:525pt;height:246pt" o:ole="">
             <v:imagedata r:id="rId8" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1697877271" r:id="rId9"/>
+          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1824968854" r:id="rId9"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BA57D5" w14:textId="77777777" w:rsidR="00D601D2" w:rsidRDefault="00D601D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FEDB46B" w14:textId="77777777" w:rsidR="00820418" w:rsidRPr="002E7B45" w:rsidRDefault="00820418" w:rsidP="002E7B45">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
@@ -1878,99 +1890,81 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E7B45">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>Biosafety Cabinet Use</w:t>
       </w:r>
       <w:r w:rsidRPr="002E7B45">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>. Use a biosafety cabinet to minimize exposure. Activities that cannot be conducted inside of a biosafety cabinet should be separately evaluated by the EH&amp;S Biosafety Office. For BSL-3 or ABL-3 activities, the PPE requirements will be addressed by the BSL-3 facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092211F7" w14:textId="5CD297DD" w:rsidR="007C5C0F" w:rsidRPr="002E7B45" w:rsidRDefault="00BB0F32" w:rsidP="002E7B45">
+    <w:p w14:paraId="092211F7" w14:textId="03D08D68" w:rsidR="007C5C0F" w:rsidRPr="002E7B45" w:rsidRDefault="00BB0F32" w:rsidP="002E7B45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E7B45">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>Respiratory Protection</w:t>
       </w:r>
       <w:r w:rsidRPr="002E7B45">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004B1189" w:rsidRPr="002E7B45">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">If respiratory protection is identified as a necessary control during the hazard assessment, users must be enrolled in the UW Respiratory Protection Program. This includes EH&amp;S performing a respirator-specific hazard assessment, as well as having all users undergo a medical evaluation to wear a respirator, respirator training and respirator fit testing. Contact EH&amp;S at </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or </w:t>
+        <w:t>If respiratory protection is identified as a necessary control during the hazard assessment, users must be enrolled in the UW Respiratory Protection Program. This includes EH&amp;S performing a respirator-specific hazard assessment, as well as having all users undergo a medical evaluation to wear a respirator, respirator training and respirator fit testing. Contact EH&amp;S at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="004B1189" w:rsidRPr="002E7B45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           </w:rPr>
           <w:t>uwresp@uw.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004B1189" w:rsidRPr="002E7B45">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> for assistance in these steps. Guidance is available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00BE26F0" w:rsidRPr="002E7B45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           </w:rPr>
           <w:t>www.ehs.washington.edu/workplace/respiratory-protection</w:t>
         </w:r>
       </w:hyperlink>
@@ -2005,95 +1999,95 @@
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:bookmarkStart w:id="1" w:name="_1.0__CHEMICAL"/>
           <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="5E331B94" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="00AE40E1" w:rsidRDefault="0056449D" w:rsidP="00481C56">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="318595BA">
                 <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1697877272" r:id="rId14"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1824968855" r:id="rId14"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="6CCDBEC2">
                 <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:30pt;height:30pt" o:ole="">
                   <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1697877273" r:id="rId16"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1824968856" r:id="rId16"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="434" w:dyaOrig="434" w14:anchorId="2C1C0F8A">
                 <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1697877274" r:id="rId18"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1824968857" r:id="rId18"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="464" w:dyaOrig="464" w14:anchorId="4B8CECBC">
                 <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1697877275" r:id="rId20"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1824968858" r:id="rId20"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="526" w:dyaOrig="525" w14:anchorId="7862CCB3">
                 <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1697877276" r:id="rId22"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1824968859" r:id="rId22"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.0  </w:t>
             </w:r>
             <w:r w:rsidRPr="00481C56">
               <w:t>CHEMICAL</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -2405,53 +2399,52 @@
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A7B6E" w:rsidRPr="005F45ED" w14:paraId="6DDF3F23" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40B023A7" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="40B023A7" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-402300648"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -2492,97 +2485,95 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00490831">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40549782" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRPr="005F45ED" w:rsidRDefault="00184528" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C1</w:t>
             </w:r>
             <w:r w:rsidR="001A7B6E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. Work</w:t>
             </w:r>
             <w:r w:rsidR="001A7B6E" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> with solids of low or moderate toxicity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="084527E7" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRPr="005F45ED" w:rsidRDefault="001A7B6E" w:rsidP="00454AEF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="229" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Skin damage</w:t>
             </w:r>
           </w:p>
@@ -2622,51 +2613,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Toxic by skin contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F994DD5" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRPr="00267206" w:rsidRDefault="001A7B6E" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes:</w:t>
             </w:r>
@@ -2755,51 +2745,51 @@
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ong pants, long skirt, or equivalent leg covering </w:t>
             </w:r>
             <w:r w:rsidRPr="002C3FE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(no shorts)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; lab footwear (Refer to Page 3).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EA1B912" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="4EA1B912" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="299587345"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -2870,51 +2860,51 @@
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> s</w:t>
             </w:r>
             <w:r w:rsidR="004B0D10">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">plash or splatter </w:t>
             </w:r>
             <w:r w:rsidR="001A7B6E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D45BD2F" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="2D45BD2F" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1132172999"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2981,53 +2971,52 @@
           <w:p w14:paraId="6E55D528" w14:textId="77777777" w:rsidR="001A7B6E" w:rsidRPr="003345C9" w:rsidRDefault="001A7B6E" w:rsidP="00454AEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056449D" w:rsidRPr="005F45ED" w14:paraId="05F5577D" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:trPr>
           <w:trHeight w:val="998"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2886193A" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="007A25ED" w:rsidRDefault="008177CC" w:rsidP="0056449D">
+          <w:p w14:paraId="2886193A" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="007A25ED" w:rsidRDefault="006953BC" w:rsidP="0056449D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1089730818"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006A3822">
@@ -3063,97 +3052,95 @@
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B82951F" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="007A25ED" w:rsidRDefault="00184528" w:rsidP="007A25ED">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C2</w:t>
             </w:r>
             <w:r w:rsidR="007C3BD4" w:rsidRPr="007A25ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="0056449D" w:rsidRPr="007A25ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work with small volumes (&lt;100 ml.) of corrosive (acids or caustics) liquids or solids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B9F91F1" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="001A7B6E" w:rsidRDefault="0056449D" w:rsidP="001A7B6E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="229" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A7B6E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Skin damage</w:t>
             </w:r>
           </w:p>
@@ -3194,51 +3181,50 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0059451F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Toxic by skin contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="537675C9" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="00267206" w:rsidRDefault="0056449D" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes:</w:t>
             </w:r>
@@ -3339,53 +3325,52 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(no shorts)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; lab footwear (Refer to Page 3).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056449D" w:rsidRPr="005F45ED" w14:paraId="39CB3C67" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="302A1247" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="0056449D">
+          <w:p w14:paraId="302A1247" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="0056449D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-267157574"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -3426,51 +3411,50 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0056449D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="590C0CA7" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="00184528" w:rsidP="0056449D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C3</w:t>
             </w:r>
             <w:r w:rsidR="007C3BD4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
@@ -3480,51 +3464,50 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidR="0056449D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ork with large volumes of corrosive (acids or caustics) or acutely toxic materials that may splash</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E4E3ADC" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="0056449D" w:rsidP="0056449D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="229" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inhalation</w:t>
             </w:r>
           </w:p>
@@ -3588,51 +3571,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Toxic by skin contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67F980B6" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="0056449D" w:rsidRDefault="0056449D" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes:</w:t>
             </w:r>
@@ -3781,51 +3763,51 @@
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ong pants, long skirt, or equivalent leg covering </w:t>
             </w:r>
             <w:r w:rsidRPr="002C3FE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(no shorts)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; lab footwear (Refer to Page 3).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F82C2A1" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="003C1669" w:rsidRDefault="008177CC" w:rsidP="0056449D">
+          <w:p w14:paraId="4F82C2A1" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="003C1669" w:rsidRDefault="006953BC" w:rsidP="0056449D">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2144424391"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -3874,51 +3856,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Body</w:t>
             </w:r>
             <w:r w:rsidR="0056449D" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="0056449D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical resistant apron </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66717DB1" w14:textId="77777777" w:rsidR="0056449D" w:rsidRDefault="008177CC" w:rsidP="0056449D">
+          <w:p w14:paraId="66717DB1" w14:textId="77777777" w:rsidR="0056449D" w:rsidRDefault="006953BC" w:rsidP="0056449D">
             <w:pPr>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-223612351"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -3999,51 +3981,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="0056449D" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S for respiratory protection program assistance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AEFDC06" w14:textId="77777777" w:rsidR="0056449D" w:rsidRDefault="008177CC" w:rsidP="001A7B6E">
+          <w:p w14:paraId="2AEFDC06" w14:textId="77777777" w:rsidR="0056449D" w:rsidRDefault="006953BC" w:rsidP="001A7B6E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-173032816"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4114,53 +4096,52 @@
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056449D" w:rsidRPr="005F45ED" w14:paraId="698D06B0" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44D90213" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="0056449D">
+          <w:p w14:paraId="44D90213" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="0056449D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1348292015"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -4201,51 +4182,50 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0056449D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="543177C1" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="00184528" w:rsidP="0056449D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C4</w:t>
             </w:r>
             <w:r w:rsidR="007C3BD4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
@@ -4287,51 +4267,50 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> solvents</w:t>
             </w:r>
             <w:r w:rsidR="0056449D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or materials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08CC13B0" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="001A7B6E" w:rsidRDefault="0056449D" w:rsidP="001A7B6E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="229" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A7B6E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Skin damage</w:t>
             </w:r>
           </w:p>
@@ -4371,51 +4350,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Toxic by skin contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="548A330E" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="00267206" w:rsidRDefault="0056449D" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes:</w:t>
             </w:r>
@@ -4516,53 +4494,52 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(no shorts)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; lab footwear (Refer to Page 3).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056449D" w:rsidRPr="005F45ED" w14:paraId="7028E84F" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62466C32" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="0056449D">
+          <w:p w14:paraId="62466C32" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="0056449D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="169619825"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -4603,51 +4580,50 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0056449D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42B1A756" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="00184528" w:rsidP="0056449D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C5</w:t>
             </w:r>
             <w:r w:rsidR="007C3BD4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
@@ -4689,51 +4665,50 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> with a s</w:t>
             </w:r>
             <w:r w:rsidR="0056449D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ource of heat or ignition nearby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="346D5AAC" w14:textId="77777777" w:rsidR="0056449D" w:rsidRPr="005F45ED" w:rsidRDefault="0056449D" w:rsidP="0056449D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="229" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inhalation</w:t>
             </w:r>
           </w:p>
@@ -4821,51 +4796,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32D9F432" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="00267206" w:rsidRDefault="003345C9" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes:</w:t>
             </w:r>
@@ -4954,51 +4928,51 @@
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ong pants, long skirt, or equivalent leg covering </w:t>
             </w:r>
             <w:r w:rsidRPr="002C3FE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(no shorts)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; lab footwear (Refer to Page 3).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="680343E5" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="004D2E0C" w:rsidRDefault="008177CC" w:rsidP="003345C9">
+          <w:p w14:paraId="680343E5" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="004D2E0C" w:rsidRDefault="006953BC" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="155886391"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5053,51 +5027,51 @@
             <w:r w:rsidR="004B0D10">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face shield as</w:t>
             </w:r>
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> splash or splatter may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="605085B3" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="003345C9">
+          <w:p w14:paraId="605085B3" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1008331841"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5170,51 +5144,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="003345C9" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S for respiratory protection program assistance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C26183F" w14:textId="77777777" w:rsidR="003345C9" w:rsidRDefault="008177CC" w:rsidP="003345C9">
+          <w:p w14:paraId="0C26183F" w14:textId="77777777" w:rsidR="003345C9" w:rsidRDefault="006953BC" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-361821507"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5296,95 +5270,95 @@
         <w:gridCol w:w="6930"/>
       </w:tblGrid>
       <w:tr w:rsidR="003345C9" w:rsidRPr="00AE40E1" w14:paraId="42AE493D" w14:textId="77777777" w:rsidTr="000A30FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="7A7702AB" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="00AE40E1" w:rsidRDefault="003345C9" w:rsidP="00481C56">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="0153D828">
                 <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1697877277" r:id="rId23"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1824968860" r:id="rId23"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="08982404">
                 <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:30pt;height:30pt" o:ole="">
                   <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1697877278" r:id="rId24"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1824968861" r:id="rId24"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="434" w:dyaOrig="434" w14:anchorId="4FAA6ABF">
                 <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1697877279" r:id="rId25"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1824968862" r:id="rId25"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="464" w:dyaOrig="464" w14:anchorId="57CDF6B1">
                 <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1697877280" r:id="rId26"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1824968863" r:id="rId26"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="526" w:dyaOrig="525" w14:anchorId="137DC99B">
                 <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1697877281" r:id="rId27"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1824968864" r:id="rId27"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.0  CHEMICAL</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5688,53 +5662,52 @@
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003345C9" w:rsidRPr="005F45ED" w14:paraId="73D09D5C" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0089733E" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="003345C9">
+          <w:p w14:paraId="0089733E" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1199440084"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5775,51 +5748,50 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003345C9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3416B557" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="005F45ED" w:rsidRDefault="00184528" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C6</w:t>
             </w:r>
             <w:r w:rsidR="007C3BD4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="003345C9" w:rsidRPr="005F45ED">
               <w:rPr>
@@ -5840,51 +5812,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hemicals of high acute toxicity (e.g. hydrogen fluoride, hydrogen cyanide)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66379DB3" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="004A7E8F" w:rsidRDefault="003345C9" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EA9D239" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="00D97147" w:rsidRDefault="003345C9" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D97147">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inhalation</w:t>
             </w:r>
           </w:p>
@@ -5948,51 +5919,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D97147">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Toxic by skin contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="338333C9" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="00267206" w:rsidRDefault="003345C9" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes:</w:t>
             </w:r>
@@ -6081,51 +6051,51 @@
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ong pants, long skirt, or equivalent leg covering </w:t>
             </w:r>
             <w:r w:rsidRPr="002C3FE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(no shorts)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; lab footwear (Refer to Page 3).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27EAEBC0" w14:textId="77777777" w:rsidR="003345C9" w:rsidRDefault="008177CC" w:rsidP="003345C9">
+          <w:p w14:paraId="27EAEBC0" w14:textId="77777777" w:rsidR="003345C9" w:rsidRDefault="006953BC" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1449192549"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6172,51 +6142,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes</w:t>
             </w:r>
             <w:r w:rsidR="003345C9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: S</w:t>
             </w:r>
             <w:r w:rsidR="003345C9" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>afety goggles</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A62E15D" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="007E1075" w:rsidRDefault="008177CC" w:rsidP="003345C9">
+          <w:p w14:paraId="7A62E15D" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="007E1075" w:rsidRDefault="006953BC" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1158742071"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6271,51 +6241,51 @@
             <w:r w:rsidR="003345C9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face shield as</w:t>
             </w:r>
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> splash or splatter may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E6CAAF7" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="003345C9">
+          <w:p w14:paraId="3E6CAAF7" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2119361215"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6396,51 +6366,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="003345C9" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S for respiratory protection program assistance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69E79B12" w14:textId="77777777" w:rsidR="003345C9" w:rsidRDefault="008177CC" w:rsidP="003345C9">
+          <w:p w14:paraId="69E79B12" w14:textId="77777777" w:rsidR="003345C9" w:rsidRDefault="006953BC" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1756273794"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -6501,51 +6471,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CECCF12" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="003345C9" w:rsidRDefault="003345C9" w:rsidP="003345C9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00184528" w:rsidRPr="005F45ED" w14:paraId="7D6C4973" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2531B8A0" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="2531B8A0" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="369731407"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6954,51 +6924,51 @@
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="007C3BD4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ong pants, long skirt, or equivalent leg covering (no shorts); lab footwear (Refer to </w:t>
             </w:r>
             <w:r w:rsidR="00E3576D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Page 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4550815A" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="4550815A" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1248082352"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7045,51 +7015,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes</w:t>
             </w:r>
             <w:r w:rsidR="00184528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: S</w:t>
             </w:r>
             <w:r w:rsidR="00184528" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>afety goggles</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C7F3BDA" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="003C531B" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="3C7F3BDA" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="003C531B" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1854451086"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7144,51 +7114,51 @@
             <w:r w:rsidR="00184528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face shield as</w:t>
             </w:r>
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> splash or splatter may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7827F215" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="7827F215" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1945765714"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7261,51 +7231,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="00184528" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S for respiratory protection program assistance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F7F124E" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="2F7F124E" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1396110399"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -7366,51 +7336,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F46E282" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="007C3BD4" w:rsidRDefault="00184528" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00184528" w:rsidRPr="005F45ED" w14:paraId="0B1E048D" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4AB1C5" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="3E4AB1C5" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-988013398"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7680,51 +7650,51 @@
             <w:r w:rsidRPr="002C3FE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(no shorts)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; lab footw</w:t>
             </w:r>
             <w:r w:rsidR="00E3576D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ear (Refer to Page 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32B4378D" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="32B4378D" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1278101995"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7771,51 +7741,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face</w:t>
             </w:r>
             <w:r w:rsidR="00184528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: F</w:t>
             </w:r>
             <w:r w:rsidR="00184528" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ace shield</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46C3FB15" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="46C3FB15" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1639557593"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7862,51 +7832,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes and/or Face</w:t>
             </w:r>
             <w:r w:rsidR="00184528" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: For high risk activities - Safety goggles and fa</w:t>
             </w:r>
             <w:r w:rsidR="00184528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ce shield</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67842CD1" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="67842CD1" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1641378553"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -7951,51 +7921,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00184528" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Body:</w:t>
             </w:r>
             <w:r w:rsidR="00184528">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> For chemical use</w:t>
             </w:r>
             <w:r w:rsidR="00184528" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, chemical-resistant apron</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54B8461C" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="54B8461C" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="422847100"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -8094,95 +8064,95 @@
         <w:gridCol w:w="6930"/>
       </w:tblGrid>
       <w:tr w:rsidR="003345C9" w:rsidRPr="00AE40E1" w14:paraId="271D7E58" w14:textId="77777777" w:rsidTr="000A30FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="22C628F2" w14:textId="77777777" w:rsidR="003345C9" w:rsidRPr="00AE40E1" w:rsidRDefault="003345C9" w:rsidP="00481C56">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="5BAC08F6">
                 <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1697877282" r:id="rId28"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1824968865" r:id="rId28"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="71E0B468">
                 <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:30pt;height:30pt" o:ole="">
                   <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1697877283" r:id="rId29"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1824968866" r:id="rId29"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="434" w:dyaOrig="434" w14:anchorId="54760153">
                 <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1038" DrawAspect="Content" ObjectID="_1697877284" r:id="rId30"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1038" DrawAspect="Content" ObjectID="_1824968867" r:id="rId30"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="464" w:dyaOrig="464" w14:anchorId="4E1DBD9F">
                 <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1039" DrawAspect="Content" ObjectID="_1697877285" r:id="rId31"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1039" DrawAspect="Content" ObjectID="_1824968868" r:id="rId31"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="526" w:dyaOrig="525" w14:anchorId="660048E3">
                 <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1040" DrawAspect="Content" ObjectID="_1697877286" r:id="rId32"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1040" DrawAspect="Content" ObjectID="_1824968869" r:id="rId32"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.0  CHEMICAL</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8488,53 +8458,52 @@
               <w:t>abSpecific</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00AE2106">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA268C" w:rsidRPr="005F45ED" w14:paraId="3A3F9E1A" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63B4CBBF" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="00DA268C">
+          <w:p w14:paraId="63B4CBBF" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="00DA268C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1982112037"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8575,93 +8544,91 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DA268C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29F94737" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="00184528" w:rsidP="00DA268C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C9</w:t>
             </w:r>
             <w:r w:rsidR="00DA268C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00DA268C" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work with air or water reactive chemicals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B2DC0E0" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="00DA268C" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="365"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40799">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exposure to toxic gases, heat, and/or energy</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="054D3E8D" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="00DA268C" w:rsidP="007F0797">
             <w:pPr>
@@ -8740,51 +8707,50 @@
               <w:ind w:left="365"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40799">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5933A4BF" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00267206" w:rsidRDefault="00DA268C" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes:</w:t>
             </w:r>
@@ -8881,51 +8847,51 @@
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ong pants, long skirt, or equivalent leg covering </w:t>
             </w:r>
             <w:r w:rsidRPr="002C3FE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(no shorts)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; lab footwear (Refer to Page 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33D41FA7" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRDefault="008177CC" w:rsidP="00DA268C">
+          <w:p w14:paraId="33D41FA7" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRDefault="006953BC" w:rsidP="00DA268C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-878783572"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8988,51 +8954,51 @@
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Face shield </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> splash or splatter may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BCF0C21" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="00127089">
+          <w:p w14:paraId="6BCF0C21" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="00127089">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-578440683"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -9087,51 +9053,51 @@
             <w:r w:rsidR="00DA268C" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Heat resistant or chemical resistant g</w:t>
             </w:r>
             <w:r w:rsidR="00127089">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>loves</w:t>
             </w:r>
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; please specify:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01112C41" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="00DA268C">
+          <w:p w14:paraId="01112C41" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="00DA268C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="836190907"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -9194,51 +9160,51 @@
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00DA268C" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lame-resistant lab coat</w:t>
             </w:r>
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> if fire hazard is present</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ADB5A36" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRDefault="008177CC" w:rsidP="00DA268C">
+          <w:p w14:paraId="0ADB5A36" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRDefault="006953BC" w:rsidP="00DA268C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1194962864"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -9300,51 +9266,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="257FFDFD" w14:textId="77777777" w:rsidR="00DA268C" w:rsidRPr="007C3BD4" w:rsidRDefault="00DA268C" w:rsidP="00DA268C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00184528" w:rsidRPr="005F45ED" w14:paraId="7ABFC9ED" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A11CB5" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="35A11CB5" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-662708554"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -9766,51 +9732,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Body:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Synthetic clothing must not be worn when working with pyrophoric materials</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F34B08E" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="6F34B08E" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-763764501"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -9864,51 +9830,51 @@
             <w:r w:rsidR="00184528" w:rsidRPr="004D4C39">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face shield as</w:t>
             </w:r>
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> splash or splatter may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53661F36" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="53661F36" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1625349001"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -9976,51 +9942,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FC7B036" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="004D4C39" w:rsidRDefault="00184528" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00184528" w:rsidRPr="005F45ED" w14:paraId="10B444EA" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB27FC9" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="2AB27FC9" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-390263327"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -10443,51 +10409,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Synthetic clothing must not be worn when working with </w:t>
             </w:r>
             <w:r w:rsidR="00815F51">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>explosive</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> materials</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DE6365A" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="1DE6365A" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1683854977"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10549,51 +10515,51 @@
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face shie</w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ld as</w:t>
             </w:r>
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> splash or splatter may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23BFD897" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="23BFD897" w14:textId="77777777" w:rsidR="00184528" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-475912361"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10673,51 +10639,51 @@
             <w:r w:rsidR="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Blast shield f</w:t>
             </w:r>
             <w:r w:rsidR="00184528" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or high risk ac</w:t>
             </w:r>
             <w:r w:rsidR="00184528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11E4CDAF" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="11E4CDAF" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="974253118"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10824,95 +10790,95 @@
         <w:gridCol w:w="6930"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F01099" w:rsidRPr="00AE40E1" w14:paraId="466C3D3F" w14:textId="77777777" w:rsidTr="0059627A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="7B5D53FE" w14:textId="77777777" w:rsidR="00F01099" w:rsidRPr="00AE40E1" w:rsidRDefault="00F01099" w:rsidP="00481C56">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="33F91B49">
                 <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1041" DrawAspect="Content" ObjectID="_1697877287" r:id="rId33"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1041" DrawAspect="Content" ObjectID="_1824968870" r:id="rId33"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="76988BCB">
                 <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:30pt;height:30pt" o:ole="">
                   <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1042" DrawAspect="Content" ObjectID="_1697877288" r:id="rId34"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1042" DrawAspect="Content" ObjectID="_1824968871" r:id="rId34"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="434" w:dyaOrig="434" w14:anchorId="5537E780">
                 <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1043" DrawAspect="Content" ObjectID="_1697877289" r:id="rId35"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1043" DrawAspect="Content" ObjectID="_1824968872" r:id="rId35"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="464" w:dyaOrig="464" w14:anchorId="5CB903F9">
                 <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1044" DrawAspect="Content" ObjectID="_1697877290" r:id="rId36"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1044" DrawAspect="Content" ObjectID="_1824968873" r:id="rId36"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="526" w:dyaOrig="525" w14:anchorId="40DA4591">
                 <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1045" DrawAspect="Content" ObjectID="_1697877291" r:id="rId37"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1045" DrawAspect="Content" ObjectID="_1824968874" r:id="rId37"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.0  CHEMICAL</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11224,53 +11190,52 @@
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00AE2106">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D7C80" w:rsidRPr="005F45ED" w14:paraId="3FCE9CA9" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="124B503B" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRDefault="008177CC" w:rsidP="000D7C80">
+          <w:p w14:paraId="124B503B" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRDefault="006953BC" w:rsidP="000D7C80">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2001188006"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -11312,93 +11277,91 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000D7C80">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E5196C9" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="0042670A" w:rsidRDefault="00184528" w:rsidP="000D7C80">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C12</w:t>
             </w:r>
             <w:r w:rsidR="00896D57">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="000D7C80" w:rsidRPr="0042670A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work with high temperature equipment or objects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B12956E" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="00D97147" w:rsidRDefault="000D7C80" w:rsidP="00D608EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="72"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D97147">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Burns</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22FB72E8" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="00D97147" w:rsidRDefault="000D7C80" w:rsidP="00D608EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -11408,51 +11371,50 @@
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D97147">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2373EEDF" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="004D4C39" w:rsidRDefault="000D7C80" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D97147">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes</w:t>
@@ -11659,51 +11621,51 @@
             <w:r w:rsidR="00815F51">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>high temperature</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00815F51">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>equipment or objects</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B322A61" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRDefault="008177CC" w:rsidP="000D7C80">
+          <w:p w14:paraId="7B322A61" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRDefault="006953BC" w:rsidP="000D7C80">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1150179220"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -11757,51 +11719,51 @@
             <w:r w:rsidR="000D7C80" w:rsidRPr="004D4C39">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face shield as</w:t>
             </w:r>
             <w:r w:rsidR="00A85519" w:rsidRPr="00A85519">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> splash or splatter may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E90CEF7" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="000D7C80">
+          <w:p w14:paraId="4E90CEF7" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="000D7C80">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="522293852"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11874,53 +11836,52 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C687EA0" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="004D4C39" w:rsidRDefault="000D7C80" w:rsidP="000D7C80">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D7C80" w:rsidRPr="005F45ED" w14:paraId="2F3A7A7C" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="745CE5BE" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="000D7C80">
+          <w:p w14:paraId="745CE5BE" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="000D7C80">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1271853000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11961,93 +11922,91 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000D7C80" w:rsidRPr="000D7C80">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AE6AEDF" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="000D7C80" w:rsidRDefault="00184528" w:rsidP="000D7C80">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C13</w:t>
             </w:r>
             <w:r w:rsidR="00896D57">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="000D7C80" w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work with cryogenic material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ECF7CCC" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="000D7C80" w:rsidRDefault="000D7C80" w:rsidP="00D608EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="72"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Burns</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28F38B82" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="000D7C80" w:rsidRDefault="000D7C80" w:rsidP="00D608EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -12078,51 +12037,50 @@
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eye damage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67A31721" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="000D7C80" w:rsidRDefault="000D7C80" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes</w:t>
             </w:r>
             <w:r w:rsidRPr="000D7C80">
@@ -12340,51 +12298,51 @@
             <w:r w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lab coat; </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ong pants, skirt, or equivalent leg covering (no shorts); lab footwear (Refer to Page 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="138F858F" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="007A25ED">
+          <w:p w14:paraId="138F858F" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="007A25ED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1686203555"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -12449,51 +12407,51 @@
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="16434F00" w14:textId="77777777" w:rsidR="000D7C80" w:rsidRPr="000D7C80" w:rsidRDefault="000D7C80" w:rsidP="007A25ED">
             <w:pPr>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00123D81" w:rsidRPr="005F45ED" w14:paraId="773D77F0" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7179A576" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="00896D57" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="7179A576" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="00896D57" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-863668967"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00123D81">
@@ -12790,51 +12748,51 @@
             <w:r w:rsidRPr="007C3BD4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Lab coat; </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="007C3BD4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ong pants, long skirt, or equivalent leg covering (no shorts); lab footwear (Refer to Page 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C3789F6" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="00896D57" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="6C3789F6" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="00896D57" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="899936083"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -12888,51 +12846,51 @@
             <w:r w:rsidR="00123D81" w:rsidRPr="004D4C39">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face shield as</w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6" w:rsidRPr="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> splash or splatter may occur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29B48A85" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="003C531B" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="29B48A85" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="003C531B" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="405649539"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12971,51 +12929,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00123D81">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Body</w:t>
             </w:r>
             <w:r w:rsidR="00123D81">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Chemical resistant apron</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E32D661" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="0E32D661" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1835754458"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -13079,51 +13037,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00CB1CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="00123D81" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ontact EH&amp;S for respiratory protection program assistance. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F56F458" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="4F56F458" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-816569234"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -13223,95 +13181,95 @@
         <w:gridCol w:w="6930"/>
       </w:tblGrid>
       <w:tr w:rsidR="00184528" w:rsidRPr="00AE40E1" w14:paraId="79A82D1A" w14:textId="77777777" w:rsidTr="00454AEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="4E49A0BC" w14:textId="77777777" w:rsidR="00184528" w:rsidRPr="00AE40E1" w:rsidRDefault="00184528" w:rsidP="00481C56">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="10ABAAEA">
                 <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1046" DrawAspect="Content" ObjectID="_1697877292" r:id="rId38"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1046" DrawAspect="Content" ObjectID="_1824968875" r:id="rId38"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="435" w:dyaOrig="435" w14:anchorId="24C88151">
                 <v:shape id="_x0000_i1047" type="#_x0000_t75" style="width:30pt;height:30pt" o:ole="">
                   <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1047" DrawAspect="Content" ObjectID="_1697877293" r:id="rId39"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1047" DrawAspect="Content" ObjectID="_1824968876" r:id="rId39"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="434" w:dyaOrig="434" w14:anchorId="3B15BDA5">
                 <v:shape id="_x0000_i1048" type="#_x0000_t75" style="width:26.25pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1048" DrawAspect="Content" ObjectID="_1697877294" r:id="rId40"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1048" DrawAspect="Content" ObjectID="_1824968877" r:id="rId40"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="464" w:dyaOrig="464" w14:anchorId="4C1925C7">
                 <v:shape id="_x0000_i1049" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1049" DrawAspect="Content" ObjectID="_1697877295" r:id="rId41"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1049" DrawAspect="Content" ObjectID="_1824968878" r:id="rId41"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:object w:dxaOrig="526" w:dyaOrig="525" w14:anchorId="7BCB1E07">
                 <v:shape id="_x0000_i1050" type="#_x0000_t75" style="width:27pt;height:27pt" o:ole="">
                   <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1050" DrawAspect="Content" ObjectID="_1697877296" r:id="rId42"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1050" DrawAspect="Content" ObjectID="_1824968879" r:id="rId42"/>
               </w:object>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.0  CHEMICAL</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D847A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13609,51 +13567,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00123D81" w:rsidRPr="005F45ED" w14:paraId="6EA25AC4" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B161E67" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="3B161E67" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="224728225"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00184528">
@@ -14010,51 +13968,51 @@
               <w:t>ong pants, skirt, or equivalent leg covering (no shorts); lab footwear (Refer to Page 3)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="181BCA79" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="000D7C80" w:rsidRDefault="00123D81" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>As needed, contact EH&amp;S for assistance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D333D6C" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="7D333D6C" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1963267314"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -14092,51 +14050,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00123D81" w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Foot: </w:t>
             </w:r>
             <w:r w:rsidR="00123D81" w:rsidRPr="000D7C80">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Shoe covers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31C864A7" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="31C864A7" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="550662722"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -14207,51 +14165,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37D7D8BB" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="000D7C80" w:rsidRDefault="00123D81" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00123D81" w:rsidRPr="005F45ED" w14:paraId="0F30268D" w14:textId="77777777" w:rsidTr="00E3576D">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6581136D" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="6581136D" w14:textId="77777777" w:rsidR="00123D81" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="297261716"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00123D81" w:rsidRPr="000D7C80">
@@ -14637,51 +14595,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Call EH&amp;S for assistance</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C9B5C49" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00184528" w:rsidRDefault="008F3FE0" w:rsidP="008F3FE0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="005F45ED" w14:paraId="0B2F9893" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4543B462" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="007C5C0F">
+          <w:p w14:paraId="4543B462" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="007C5C0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="687102858"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C5C0F" w:rsidRPr="000D7C80">
@@ -14807,51 +14765,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E49AAF1" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="005F45ED" w14:paraId="33DF7879" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFCFBA5" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="007C5C0F">
+          <w:p w14:paraId="3BFCFBA5" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="007C5C0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1706396646"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C5C0F" w:rsidRPr="000D7C80">
@@ -15013,51 +14971,51 @@
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="6210"/>
       </w:tblGrid>
       <w:tr w:rsidR="005453FA" w:rsidRPr="002B49BA" w14:paraId="1F73AAE3" w14:textId="77777777" w:rsidTr="00454AEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="62FD0347" w14:textId="57FE1591" w:rsidR="005453FA" w:rsidRPr="002B49BA" w:rsidRDefault="007762A1" w:rsidP="00481C56">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="1155" w:dyaOrig="865" w14:anchorId="3A4BF179">
                 <v:shape id="_x0000_i1051" type="#_x0000_t75" style="width:37.5pt;height:27.75pt" o:ole="">
                   <v:imagedata r:id="rId43" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1051" DrawAspect="Content" ObjectID="_1697877297" r:id="rId44"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1051" DrawAspect="Content" ObjectID="_1824968880" r:id="rId44"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="biohazard"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidR="005453FA" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D724F0" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidR="005453FA" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -15332,51 +15290,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00454AEF" w:rsidRPr="00A5009B" w14:paraId="5DC6B700" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="1988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12F5ED85" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRPr="00A5009B" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="12F5ED85" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRPr="00A5009B" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1848837237"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -15676,51 +15634,51 @@
               </w:rPr>
               <w:t>Face:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Safety glasses and a mask if not working in a biosafety cabinet or behind a spa</w:t>
             </w:r>
             <w:r w:rsidR="00E40496">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>er shield</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D158E31" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRDefault="008177CC" w:rsidP="00342FB2">
+          <w:p w14:paraId="3D158E31" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRDefault="006953BC" w:rsidP="00342FB2">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-635793873"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -15759,51 +15717,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00454AEF" w:rsidRPr="00A5009B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eye:</w:t>
             </w:r>
             <w:r w:rsidR="00454AEF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Safety glasses</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EFCC3BD" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRDefault="008177CC" w:rsidP="00342FB2">
+          <w:p w14:paraId="7EFCC3BD" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRDefault="006953BC" w:rsidP="00342FB2">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1506082749"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -15840,51 +15798,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00454AEF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidR="00454AEF" w:rsidRPr="00A5009B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Disposable gown (optional)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41EE36FA" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRDefault="008177CC" w:rsidP="00D41F45">
+          <w:p w14:paraId="41EE36FA" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRDefault="006953BC" w:rsidP="00D41F45">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="536078520"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -15934,51 +15892,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other PPE, Specify:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6ABFDE79" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRPr="00A5009B" w:rsidRDefault="00D41F45" w:rsidP="00342FB2">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00454AEF" w:rsidRPr="00A5009B" w14:paraId="102EFBC8" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="1880"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B675C2F" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRPr="00A5009B" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="2B675C2F" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRPr="00A5009B" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="371347498"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -16277,51 +16235,51 @@
                 <w:numId w:val="54"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00454AEF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidRPr="00454AEF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lab coat</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51DD3E9F" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRDefault="008177CC" w:rsidP="00342FB2">
+          <w:p w14:paraId="51DD3E9F" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRDefault="006953BC" w:rsidP="00342FB2">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1442338852"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -16358,51 +16316,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00454AEF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidR="00454AEF" w:rsidRPr="00A5009B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Disposable gown</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FB83C85" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRDefault="008177CC" w:rsidP="00D41F45">
+          <w:p w14:paraId="2FB83C85" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRDefault="006953BC" w:rsidP="00D41F45">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1081208788"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -16452,51 +16410,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other PPE, Specify:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49F67D3A" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRPr="00A5009B" w:rsidRDefault="00D41F45" w:rsidP="00342FB2">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00454AEF" w:rsidRPr="00A5009B" w14:paraId="0595B112" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="1169"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="757DD5BC" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRPr="00A5009B" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="757DD5BC" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRPr="00A5009B" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1106002529"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00454AEF" w:rsidRPr="000D7C80">
@@ -16781,51 +16739,51 @@
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00454AEF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidRPr="00454AEF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lab coat</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18071C0D" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRDefault="008177CC" w:rsidP="00342FB2">
+          <w:p w14:paraId="18071C0D" w14:textId="77777777" w:rsidR="00454AEF" w:rsidRDefault="006953BC" w:rsidP="00342FB2">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1720328277"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -16862,51 +16820,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00454AEF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidR="00454AEF" w:rsidRPr="00A5009B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Disposable gown</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63CBE1DB" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRDefault="008177CC" w:rsidP="00D41F45">
+          <w:p w14:paraId="63CBE1DB" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRDefault="006953BC" w:rsidP="00D41F45">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1375764069"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -16956,51 +16914,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other PPE, Specify:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FA4852C" w14:textId="77777777" w:rsidR="00D41F45" w:rsidRPr="00A5009B" w:rsidRDefault="00D41F45" w:rsidP="00342FB2">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="005F45ED" w14:paraId="06BD15EE" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB6A8F9" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="007C5C0F">
+          <w:p w14:paraId="5AB6A8F9" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="007C5C0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-754508378"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C5C0F" w:rsidRPr="000D7C80">
@@ -17160,51 +17118,51 @@
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="6210"/>
       </w:tblGrid>
       <w:tr w:rsidR="005453FA" w:rsidRPr="002B49BA" w14:paraId="636744D0" w14:textId="77777777" w:rsidTr="00FD6B71">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="3834F9FE" w14:textId="77777777" w:rsidR="005453FA" w:rsidRPr="002B49BA" w:rsidRDefault="007762A1" w:rsidP="00481C56">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="1155" w:dyaOrig="865" w14:anchorId="0E7B7D69">
                 <v:shape id="_x0000_i1052" type="#_x0000_t75" style="width:37.5pt;height:27.75pt" o:ole="">
                   <v:imagedata r:id="rId43" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1052" DrawAspect="Content" ObjectID="_1697877298" r:id="rId45"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1052" DrawAspect="Content" ObjectID="_1824968881" r:id="rId45"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="005453FA" w:rsidRPr="002B49BA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D724F0" w:rsidRPr="002B49BA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r w:rsidR="005453FA" w:rsidRPr="002B49BA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D724F0" w:rsidRPr="002B49BA">
               <w:rPr>
@@ -17479,51 +17437,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00A5009B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w14:paraId="2F6BC7E8" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="1538"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65423483" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="008177CC" w:rsidP="006A3822">
+          <w:p w14:paraId="65423483" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="006953BC" w:rsidP="006A3822">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="912361065"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD6B71">
@@ -17699,51 +17657,51 @@
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lab coat</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D7BCC07" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00194049" w:rsidRDefault="008177CC" w:rsidP="00194049">
+          <w:p w14:paraId="4D7BCC07" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00194049" w:rsidRDefault="006953BC" w:rsidP="00194049">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="66467970"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -17795,54 +17753,63 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety glasses for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00FD6B71">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00FD6B71">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="214F0AC7" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="008177CC" w:rsidP="009354D7">
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00FD6B71">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="214F0AC7" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="006953BC" w:rsidP="009354D7">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="586345184"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -17920,54 +17887,63 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="705D2CC9" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="008177CC" w:rsidP="004529E0">
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="705D2CC9" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="006953BC" w:rsidP="004529E0">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="118431378"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -17995,51 +17971,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Disposable gown</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="418C1993" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="008F3FE0">
+          <w:p w14:paraId="418C1993" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1583681443"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -18095,51 +18071,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36BDEE4D" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00F528E2" w:rsidRDefault="008F3FE0" w:rsidP="004529E0">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w14:paraId="2ED308AB" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E0D124" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="008177CC" w:rsidP="006A3822">
+          <w:p w14:paraId="54E0D124" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="006953BC" w:rsidP="006A3822">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="850302274"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD6B71">
@@ -18410,51 +18386,51 @@
                 <w:numId w:val="57"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lab coat</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CDA297C" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="008177CC" w:rsidP="00194049">
+          <w:p w14:paraId="6CDA297C" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="006953BC" w:rsidP="00194049">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="246461699"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -18508,51 +18484,51 @@
             <w:r w:rsidR="00FD6B71">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>goggles</w:t>
             </w:r>
             <w:r w:rsidR="003412A1">
               <w:t xml:space="preserve"> if </w:t>
             </w:r>
             <w:r w:rsidR="003412A1" w:rsidRPr="003412A1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>not working in a biosafety cabinet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08766293" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="008177CC" w:rsidP="00F72894">
+          <w:p w14:paraId="08766293" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="006953BC" w:rsidP="00F72894">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="347066166"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -18589,51 +18565,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surgical gown</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40B063DD" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="008F3FE0">
+          <w:p w14:paraId="40B063DD" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2101783620"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -18692,51 +18668,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49F3F38B" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00F528E2" w:rsidRDefault="008F3FE0" w:rsidP="00F72894">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w14:paraId="2BAA0E97" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="1907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7100548C" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="008177CC" w:rsidP="006A3822">
+          <w:p w14:paraId="7100548C" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="006953BC" w:rsidP="006A3822">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1478879570"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD6B71">
@@ -18894,52 +18870,61 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety glasses for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00194049">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="1E9E1560" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="00FD6B71" w:rsidP="00951EC9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Hands: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F528E2">
@@ -19020,51 +19005,51 @@
             </w:r>
             <w:r w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Respiratory protection as determined by risk assessment</w:t>
             </w:r>
             <w:r w:rsidR="003412A1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; c</w:t>
             </w:r>
             <w:r w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S for respiratory protection program assistance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AA37A41" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="008177CC" w:rsidP="00194049">
+          <w:p w14:paraId="6AA37A41" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00F528E2" w:rsidRDefault="006953BC" w:rsidP="00194049">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1820268342"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19114,54 +19099,63 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety goggles for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1C96027B" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="008177CC" w:rsidP="004529E0">
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00FD6B71" w:rsidRPr="00F528E2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="1C96027B" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="006953BC" w:rsidP="004529E0">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2122293517"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19198,51 +19192,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD6B71">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidR="004529E0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lab coat</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41E9ED9E" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="008F3FE0">
+          <w:p w14:paraId="41E9ED9E" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1768847944"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -19301,51 +19295,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="464DA46F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00F528E2" w:rsidRDefault="008F3FE0" w:rsidP="004529E0">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6B71" w:rsidRPr="00CB6E5B" w14:paraId="406A402E" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="1880"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35FE8FA5" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="006A3822">
+          <w:p w14:paraId="35FE8FA5" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="006A3822">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1322036586"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD6B71">
@@ -19489,52 +19483,61 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety glasses for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00194049">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="63D45DDA" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRPr="00194049" w:rsidRDefault="00FD6B71" w:rsidP="00194049">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Hands: </w:t>
             </w:r>
             <w:r w:rsidRPr="00194049">
@@ -19664,51 +19667,51 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003412A1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00194049">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S for respiratory protection program assistance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26E9A97C" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="008177CC" w:rsidP="004529E0">
+          <w:p w14:paraId="26E9A97C" w14:textId="77777777" w:rsidR="00FD6B71" w:rsidRDefault="006953BC" w:rsidP="004529E0">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1318686721"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19765,54 +19768,63 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Safety goggles</w:t>
             </w:r>
             <w:r w:rsidR="004529E0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="004529E0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="004529E0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6D17B936" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="008F3FE0">
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="004529E0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="6D17B936" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1151791632"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -19906,51 +19918,51 @@
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="6210"/>
       </w:tblGrid>
       <w:tr w:rsidR="005453FA" w:rsidRPr="00AC0E22" w14:paraId="22C7A938" w14:textId="77777777" w:rsidTr="00951EC9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0CA4A12B" w14:textId="77777777" w:rsidR="005453FA" w:rsidRPr="00AC0E22" w:rsidRDefault="007762A1" w:rsidP="00481C56">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0E22">
               <w:object w:dxaOrig="1155" w:dyaOrig="865" w14:anchorId="3286DF71">
                 <v:shape id="_x0000_i1053" type="#_x0000_t75" style="width:37.5pt;height:27.75pt" o:ole="">
                   <v:imagedata r:id="rId43" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1053" DrawAspect="Content" ObjectID="_1697877299" r:id="rId46"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1053" DrawAspect="Content" ObjectID="_1824968882" r:id="rId46"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00AC0E22">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00D724F0" w:rsidRPr="00AC0E22">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2.2 BIOHAZARDOUS AGENT PROTECTION</w:t>
             </w:r>
             <w:r w:rsidR="00071226" w:rsidRPr="00AC0E22">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002E5B7D" w:rsidRPr="00AC0E22">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00071226" w:rsidRPr="00AC0E22">
               <w:rPr>
@@ -20223,51 +20235,51 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Follow Appropriate BSL Practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w14:paraId="3AC3F4C7" w14:textId="77777777" w:rsidTr="00C02056">
         <w:trPr>
           <w:trHeight w:val="1448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214C0DB3" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="006A3822">
+          <w:p w14:paraId="214C0DB3" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="006A3822">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="518509076"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00951EC9">
@@ -20375,51 +20387,51 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="65"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004529E0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exposure to animal allergens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="139E88FA" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="00F72894">
+          <w:p w14:paraId="139E88FA" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="00F72894">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-298226637"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20456,51 +20468,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal bites: </w:t>
             </w:r>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Restraints or bite-resistant gloves</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43F9888E" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRDefault="008177CC" w:rsidP="00F72894">
+          <w:p w14:paraId="43F9888E" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRDefault="006953BC" w:rsidP="00F72894">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1062293348"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20590,51 +20602,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> EH&amp;S for respiratory protection program assistance.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56F89018" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRDefault="008177CC" w:rsidP="00F72894">
+          <w:p w14:paraId="56F89018" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRDefault="006953BC" w:rsidP="00F72894">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-943611087"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20679,51 +20691,51 @@
             <w:r w:rsidR="00951EC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Pathogen Free (SPF) Area</w:t>
             </w:r>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hair bonnet, gown, shoe covers, gloves</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18BCC0C3" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="008F3FE0">
+          <w:p w14:paraId="18BCC0C3" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1478649723"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -20774,51 +20786,51 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C3BBCBA" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004529E0" w:rsidRDefault="008F3FE0" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w14:paraId="01A0602E" w14:textId="77777777" w:rsidTr="00C02056">
         <w:trPr>
           <w:trHeight w:val="1520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A923B88" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="006A3822">
+          <w:p w14:paraId="0A923B88" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="006A3822">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-440064403"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00951EC9">
@@ -21032,51 +21044,51 @@
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidRPr="002C03A1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Disposable gown</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55B8BF25" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00FD6B71" w:rsidRDefault="008177CC" w:rsidP="00FD6B71">
+          <w:p w14:paraId="55B8BF25" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00FD6B71" w:rsidRDefault="006953BC" w:rsidP="00FD6B71">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1481037762"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -21128,54 +21140,63 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety glasses for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2B89D253" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="00F72894">
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2B89D253" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="00F72894">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-182121254"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21239,54 +21260,63 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for </w:t>
             </w:r>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6156727F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="008F3FE0">
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="6156727F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="951521628"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -21345,51 +21375,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C7362C1" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w:rsidRDefault="008F3FE0" w:rsidP="004529E0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w14:paraId="787B0C37" w14:textId="77777777" w:rsidTr="00C02056">
         <w:trPr>
           <w:trHeight w:val="1079"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="009684EE" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="006A3822">
+          <w:p w14:paraId="009684EE" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="006A3822">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="2125263491"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00951EC9">
@@ -21529,52 +21559,61 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD6B71">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety goggles for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FD6B71">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FD6B71">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FD6B71">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="5947722A" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00FD6B71" w:rsidRDefault="00951EC9" w:rsidP="00FD6B71">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="62"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6B71">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Hands: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD6B71">
@@ -21594,51 +21633,51 @@
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6B71">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD6B71">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Disposable gown</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DDCAE3B" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRDefault="008177CC" w:rsidP="004529E0">
+          <w:p w14:paraId="2DDCAE3B" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRDefault="006953BC" w:rsidP="004529E0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1167293597"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21675,51 +21714,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00951EC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Foot: </w:t>
             </w:r>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Shoe covers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0614DB5D" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="008F3FE0">
+          <w:p w14:paraId="0614DB5D" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1372500643"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -21778,51 +21817,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69302EAA" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w:rsidRDefault="008F3FE0" w:rsidP="004529E0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w14:paraId="52E8AC1E" w14:textId="77777777" w:rsidTr="00C02056">
         <w:trPr>
           <w:trHeight w:val="1331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23909FBB" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="006A3822">
+          <w:p w14:paraId="23909FBB" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="006A3822">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-955172833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00951EC9">
@@ -21952,54 +21991,63 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety glasses for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0A95A995" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="00F72894">
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00951EC9">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0A95A995" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="00F72894">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1535340525"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -22063,52 +22111,61 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for </w:t>
             </w:r>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00951EC9" w:rsidRPr="00CB6E5B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="2A9764F7" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00951EC9" w:rsidRDefault="00951EC9" w:rsidP="00951EC9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="63"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Hands: </w:t>
             </w:r>
             <w:r w:rsidRPr="00951EC9">
@@ -22159,51 +22216,51 @@
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Foot: </w:t>
             </w:r>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Shoe covers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F547DF1" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="008F3FE0">
+          <w:p w14:paraId="6F547DF1" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="008F3FE0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2106325484"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22312,51 +22369,51 @@
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="6210"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F3FE0" w:rsidRPr="00AC0E22" w14:paraId="4180C33D" w14:textId="77777777" w:rsidTr="00E34288">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="50149ABA" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00AC0E22" w:rsidRDefault="008F3FE0" w:rsidP="00481C56">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0E22">
               <w:object w:dxaOrig="1155" w:dyaOrig="865" w14:anchorId="7B36B1A9">
                 <v:shape id="_x0000_i1054" type="#_x0000_t75" style="width:37.5pt;height:27.75pt" o:ole="">
                   <v:imagedata r:id="rId43" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1054" DrawAspect="Content" ObjectID="_1697877300" r:id="rId47"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1054" DrawAspect="Content" ObjectID="_1824968883" r:id="rId47"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00AC0E22">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0E22">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2.2 BIOHAZARDOUS AGENT PROTECTION – BIOSAFETY LEVEL 1, 2, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w14:paraId="120028FD" w14:textId="77777777" w:rsidTr="00E34288">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
@@ -22605,51 +22662,51 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Follow Appropriate BSL Practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w14:paraId="2FB8C2D7" w14:textId="77777777" w:rsidTr="00490831">
         <w:trPr>
           <w:trHeight w:val="2429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B31296F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="00E34288">
+          <w:p w14:paraId="2B31296F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="00E34288">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1471665322"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F3FE0">
@@ -22801,54 +22858,63 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety glasses for splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="432C629B" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="00E34288">
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00951EC9">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="432C629B" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="00E34288">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="49587837"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -22912,85 +22978,94 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for </w:t>
             </w:r>
             <w:r w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">splash or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eye hazard</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> eye </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hazard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="18CFA742" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00951EC9" w:rsidRDefault="008F3FE0" w:rsidP="00E34288">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="64"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Hands: </w:t>
             </w:r>
             <w:r w:rsidRPr="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nitrile or vinyl gloves</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7150455F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w:rsidRDefault="008177CC" w:rsidP="00E34288">
+          <w:p w14:paraId="7150455F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="00CB6E5B" w:rsidRDefault="006953BC" w:rsidP="00E34288">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-586069238"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -23255,51 +23330,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F2F2C06" w14:textId="77777777" w:rsidR="00490831" w:rsidRPr="00490831" w:rsidRDefault="00490831" w:rsidP="00490831">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F3FE0" w:rsidRPr="005F45ED" w14:paraId="3E574DD8" w14:textId="77777777" w:rsidTr="008F3FE0">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1771B8" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="00E34288">
+          <w:p w14:paraId="5E1771B8" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="00E34288">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1987665106"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F3FE0" w:rsidRPr="000D7C80">
@@ -23425,51 +23500,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FC1F16A" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="007C5C0F" w:rsidRDefault="008F3FE0" w:rsidP="00E34288">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F3FE0" w:rsidRPr="005F45ED" w14:paraId="24F39795" w14:textId="77777777" w:rsidTr="008F3FE0">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3652253F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="00E34288">
+          <w:p w14:paraId="3652253F" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="00E34288">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="629832294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F3FE0" w:rsidRPr="000D7C80">
@@ -23657,51 +23732,51 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="6570"/>
         <w:gridCol w:w="23"/>
       </w:tblGrid>
       <w:tr w:rsidR="00116E05" w:rsidRPr="002B49BA" w14:paraId="13B2465A" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13698" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6926E1D3" w14:textId="77777777" w:rsidR="00116E05" w:rsidRPr="002B49BA" w:rsidRDefault="007762A1" w:rsidP="00481C56">
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="906" w:dyaOrig="795" w14:anchorId="7C4AA8C3">
                 <v:shape id="_x0000_i1055" type="#_x0000_t75" style="width:30pt;height:26.25pt" o:ole="">
                   <v:imagedata r:id="rId48" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1055" DrawAspect="Content" ObjectID="_1697877301" r:id="rId49"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1055" DrawAspect="Content" ObjectID="_1824968884" r:id="rId49"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57393128" wp14:editId="481FB029">
                   <wp:extent cx="370114" cy="324262"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Picture 1" descr="https://encrypted-tbn0.gstatic.com/images?q=tbn:ANd9GcTv9juS6dczGL1JpaXyfpRBBABFEOh-LvEQ7FULqqhJLVH3Mp4XnA">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId50"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -24042,51 +24117,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE5CAF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A74DA" w:rsidRPr="00CE5CAF" w14:paraId="6BBB586C" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="755"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72E59726" w14:textId="77777777" w:rsidR="006A74DA" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="00123D81">
+          <w:p w14:paraId="72E59726" w14:textId="77777777" w:rsidR="006A74DA" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="00123D81">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-389499345"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006A74DA">
@@ -24395,51 +24470,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="19DDC42B" w14:textId="77777777" w:rsidR="00127089" w:rsidRPr="00127089" w:rsidRDefault="00127089" w:rsidP="00127089">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A25ED" w:rsidRPr="005F45ED" w14:paraId="5F7455D5" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="1097"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3C06EC" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="0D3C06EC" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1849709722"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
@@ -24770,51 +24845,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="45A82A87" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00951EC9" w:rsidRDefault="00951EC9" w:rsidP="00951EC9">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A25ED" w:rsidRPr="005F45ED" w14:paraId="71349571" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0DAF96" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="007A25ED">
+          <w:p w14:paraId="0D0DAF96" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="007A25ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1703553137"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
@@ -25074,51 +25149,51 @@
               </w:rPr>
               <w:t>Lab coat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EB3C260" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00951EC9" w:rsidRDefault="00951EC9" w:rsidP="00951EC9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A25ED" w:rsidRPr="005F45ED" w14:paraId="7E08E774" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09561594" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="007A25ED">
+          <w:p w14:paraId="09561594" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="007A25ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-433208532"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
@@ -25329,51 +25404,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="73C23F72" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00951EC9" w:rsidRDefault="00951EC9" w:rsidP="00951EC9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="005F45ED" w14:paraId="71451DFB" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A454D6" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="007C5C0F">
+          <w:p w14:paraId="36A454D6" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="007C5C0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1155961024"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C5C0F" w:rsidRPr="000D7C80">
@@ -25501,51 +25576,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47931979" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A511E2" w:rsidRPr="005F45ED" w14:paraId="555C1F63" w14:textId="77777777" w:rsidTr="00A511E2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="039C1D06" w14:textId="77777777" w:rsidR="00A511E2" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="00E34288">
+          <w:p w14:paraId="039C1D06" w14:textId="77777777" w:rsidR="00A511E2" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="00E34288">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1599783306"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A511E2" w:rsidRPr="000D7C80">
@@ -25724,51 +25799,51 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1255"/>
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="6840"/>
       </w:tblGrid>
       <w:tr w:rsidR="00344228" w:rsidRPr="002B49BA" w14:paraId="5AE9D50F" w14:textId="77777777" w:rsidTr="00253553">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6F138532" w14:textId="77777777" w:rsidR="00344228" w:rsidRPr="002B49BA" w:rsidRDefault="007762A1" w:rsidP="00481C56">
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="979" w:dyaOrig="979" w14:anchorId="02B5EC91">
                 <v:shape id="_x0000_i1056" type="#_x0000_t75" style="width:36pt;height:36pt" o:ole="">
                   <v:imagedata r:id="rId52" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1056" DrawAspect="Content" ObjectID="_1697877302" r:id="rId53"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1056" DrawAspect="Content" ObjectID="_1824968885" r:id="rId53"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="laser"/>
             <w:bookmarkEnd w:id="4"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="005453FA" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t>4.0</w:t>
             </w:r>
             <w:r w:rsidR="00D724F0" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005453FA" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t xml:space="preserve"> LASER</w:t>
@@ -26125,53 +26200,52 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1167"/>
         <w:gridCol w:w="3238"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="6840"/>
         <w:gridCol w:w="23"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A25ED" w:rsidRPr="00CE5CAF" w14:paraId="065F4A4C" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="1637"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C59EF9D" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="00B21FF9">
+          <w:p w14:paraId="1C59EF9D" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="00B21FF9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-920480426"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
@@ -26210,51 +26284,50 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="414A2C3B" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="00CE5CAF" w:rsidRDefault="004D3430">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">L1. </w:t>
             </w:r>
             <w:r w:rsidR="007A25ED" w:rsidRPr="00CE5CAF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Perform beam alignment</w:t>
             </w:r>
             <w:r w:rsidR="008C3B5A">
               <w:rPr>
@@ -26273,85 +26346,83 @@
             <w:r w:rsidR="008C3B5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; repair</w:t>
             </w:r>
             <w:r w:rsidR="007A25ED" w:rsidRPr="00CE5CAF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or maintenance that requires working with an open laser beam, and/or defeating the interlock(s) on any Class 3b or Class 4 laser system</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="558FB73D" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="00D97147" w:rsidRDefault="007A25ED" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="248" w:hanging="289"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D97147">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eye damage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="057576E8" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="00CE5CAF" w:rsidRDefault="007A25ED" w:rsidP="0059451F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="229" w:hanging="229"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A6909">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
@@ -26381,53 +26452,52 @@
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S to determine appropriate optical density.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A25ED" w:rsidRPr="00CE5CAF" w14:paraId="5733308F" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="791"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10B1F8F0" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="00B21FF9">
+          <w:p w14:paraId="10B1F8F0" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="00B21FF9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1839963013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
@@ -26466,120 +26536,117 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16A7D2ED" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="00CE5CAF" w:rsidRDefault="004D3430" w:rsidP="00B21FF9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">L2. </w:t>
             </w:r>
             <w:r w:rsidR="007A25ED" w:rsidRPr="00CE5CAF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>View a Class 3R laser beam with magnifying optics (including eyeglasses)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F53895E" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="00D97147" w:rsidRDefault="007A25ED" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="248" w:hanging="289"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D97147">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eye damage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02C9A8A1" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="008C3B5A" w:rsidRDefault="007A25ED" w:rsidP="0059451F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="229" w:hanging="229"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C3B5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
@@ -26619,53 +26686,52 @@
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A25ED" w:rsidRPr="00CE5CAF" w14:paraId="168D3223" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61DAD214" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="00B21FF9">
+          <w:p w14:paraId="61DAD214" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="00B21FF9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1557542899"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
@@ -26704,120 +26770,117 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A25ED">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22BA28A7" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="00CE5CAF" w:rsidRDefault="004D3430" w:rsidP="00B21FF9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">L3. </w:t>
             </w:r>
             <w:r w:rsidR="007A25ED" w:rsidRPr="00CE5CAF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work with a Class 3b open beam laser system with the potential for producing direct or specular (mirror-like) reflections</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AB64AE9" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="00D97147" w:rsidRDefault="007A25ED" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="248" w:hanging="289"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D97147">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eye damage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E64A7FC" w14:textId="77777777" w:rsidR="007A25ED" w:rsidRPr="00CE5CAF" w:rsidRDefault="007A25ED" w:rsidP="0059451F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="229" w:hanging="229"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A6909">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eye: </w:t>
             </w:r>
@@ -26840,51 +26903,51 @@
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE5CAF">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S to determine appropriate optical density.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253553" w:rsidRPr="005F45ED" w14:paraId="3DF9ED7E" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="1889"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C9160C" w14:textId="77777777" w:rsidR="00253553" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="41C9160C" w14:textId="77777777" w:rsidR="00253553" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1078898370"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00253553">
@@ -27212,51 +27275,51 @@
               <w:t>required only in the NHZ (Nominal Hazard Zone)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7387DB6E" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00253553" w:rsidRDefault="00951EC9" w:rsidP="00253553">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-29"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253553" w:rsidRPr="005F45ED" w14:paraId="0269824D" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3818CF38" w14:textId="77777777" w:rsidR="00253553" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="00253553">
+          <w:p w14:paraId="3818CF38" w14:textId="77777777" w:rsidR="00253553" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="00253553">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1757657053"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00253553">
@@ -27559,51 +27622,51 @@
               <w:t>resistant lab coat or coveralls</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BB9CFE6" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="000543D2" w:rsidRDefault="00951EC9" w:rsidP="00951EC9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="40"/>
               <w:ind w:left="252"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253553" w:rsidRPr="005F45ED" w14:paraId="70ADD3FF" w14:textId="77777777" w:rsidTr="003F60CE">
         <w:trPr>
           <w:trHeight w:val="881"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24B86BFD" w14:textId="77777777" w:rsidR="00253553" w:rsidRPr="009820E7" w:rsidRDefault="008177CC" w:rsidP="00253553">
+          <w:p w14:paraId="24B86BFD" w14:textId="77777777" w:rsidR="00253553" w:rsidRPr="009820E7" w:rsidRDefault="006953BC" w:rsidP="00253553">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1265068348"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00253553">
@@ -27937,51 +28000,51 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1255"/>
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="7020"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D724F0" w:rsidRPr="002B49BA" w14:paraId="52205D56" w14:textId="77777777" w:rsidTr="00A511E2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="291CD4E7" w14:textId="77777777" w:rsidR="00D724F0" w:rsidRPr="002B49BA" w:rsidRDefault="007762A1" w:rsidP="00481C56">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="1437" w:dyaOrig="556" w14:anchorId="184117B9">
                 <v:shape id="_x0000_i1057" type="#_x0000_t75" style="width:94.5pt;height:36pt" o:ole="">
                   <v:imagedata r:id="rId54" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1057" DrawAspect="Content" ObjectID="_1697877303" r:id="rId55"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1057" DrawAspect="Content" ObjectID="_1824968886" r:id="rId55"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="nano"/>
             <w:bookmarkEnd w:id="5"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00D724F0" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t>5.0  NANOMATERIAL</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00E31659" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D724F0" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
@@ -28232,53 +28295,52 @@
               <w:t>PPE For Lab</w:t>
             </w:r>
             <w:r w:rsidR="00B31921">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE5CAF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F0797" w:rsidRPr="00111CAD" w14:paraId="19B14472" w14:textId="77777777" w:rsidTr="00A511E2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCF38DB" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="007F0797">
+          <w:p w14:paraId="5CCF38DB" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="007F0797">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1584758885"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -28313,94 +28375,92 @@
                 <w:id w:val="-978762563"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007F0797" w:rsidRPr="007C113D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14C5202C" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="00111CAD" w:rsidRDefault="007F0797" w:rsidP="007F0797">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">N1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00111CAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wor</w:t>
             </w:r>
             <w:r w:rsidR="008C3B5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00111CAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> with bound or wet nanomaterials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69700010" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="007F0797" w:rsidRDefault="007F0797" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="51"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F0797">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inhalation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08BF5BFA" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="007F0797" w:rsidRDefault="007F0797" w:rsidP="007F0797">
             <w:pPr>
@@ -28450,51 +28510,50 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="51"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F0797">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chemical exposure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14F75E83" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="00700BC2" w:rsidRDefault="007F0797" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F50E71">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes:</w:t>
             </w:r>
             <w:r>
@@ -28675,51 +28734,51 @@
             <w:r w:rsidR="008C3B5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="00111CAD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ong pants, long skirt, or equivalent leg covering (no shorts); lab footwear (Refer to Page 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0912666D" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="007F0797">
+          <w:p w14:paraId="0912666D" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="007F0797">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-996879984"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -28787,51 +28846,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1130D6E8" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="00111CAD" w:rsidRDefault="007F0797" w:rsidP="007F0797">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F0797" w:rsidRPr="00111CAD" w14:paraId="179BEC5F" w14:textId="77777777" w:rsidTr="00A511E2">
         <w:trPr>
           <w:trHeight w:val="2150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="409B8BCD" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="007F0797">
+          <w:p w14:paraId="409B8BCD" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="007F0797">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="640613463"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -29387,51 +29446,51 @@
               </w:rPr>
               <w:t>Removal of PPE:</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB5914">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Give s</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB5914">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pecial attention to technique used to remove and dispose of contaminated PPE to avoid skin contact</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02B9BADF" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="004D4C39" w:rsidRDefault="008177CC" w:rsidP="007F0797">
+          <w:p w14:paraId="02B9BADF" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="004D4C39" w:rsidRDefault="006953BC" w:rsidP="007F0797">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1081107301"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -29498,51 +29557,51 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5CFAABC1" w14:textId="77777777" w:rsidR="007F0797" w:rsidRPr="00E37C3A" w:rsidRDefault="007F0797" w:rsidP="007F0797">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="005F45ED" w14:paraId="50F19F31" w14:textId="77777777" w:rsidTr="00A511E2">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53C7C982" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="007C5C0F">
+          <w:p w14:paraId="53C7C982" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="007C5C0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2020384672"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C5C0F" w:rsidRPr="000D7C80">
@@ -29733,73 +29792,73 @@
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="7020"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F760E0" w:rsidRPr="002B49BA" w14:paraId="7DCB3AAA" w14:textId="77777777" w:rsidTr="007C113D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13675" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0A2663B1" w14:textId="77777777" w:rsidR="00F760E0" w:rsidRPr="002B49BA" w:rsidRDefault="007762A1" w:rsidP="00481C56">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="523" w:dyaOrig="615" w14:anchorId="1437CBA9">
                 <v:shape id="_x0000_i1058" type="#_x0000_t75" style="width:34.5pt;height:37.5pt" o:ole="">
                   <v:imagedata r:id="rId56" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1058" DrawAspect="Content" ObjectID="_1697877304" r:id="rId57"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1058" DrawAspect="Content" ObjectID="_1824968887" r:id="rId57"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="573" w:dyaOrig="573" w14:anchorId="3B8CC665">
                 <v:shape id="_x0000_i1059" type="#_x0000_t75" style="width:35.25pt;height:35.25pt" o:ole="">
                   <v:imagedata r:id="rId58" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1059" DrawAspect="Content" ObjectID="_1697877305" r:id="rId59"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1059" DrawAspect="Content" ObjectID="_1824968888" r:id="rId59"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="540" w:dyaOrig="540" w14:anchorId="22A3ECC8">
                 <v:shape id="_x0000_i1060" type="#_x0000_t75" style="width:32.25pt;height:32.25pt" o:ole="">
                   <v:imagedata r:id="rId60" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1060" DrawAspect="Content" ObjectID="_1697877306" r:id="rId61"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1060" DrawAspect="Content" ObjectID="_1824968889" r:id="rId61"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="physical"/>
             <w:bookmarkEnd w:id="6"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00AE40E1" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00F760E0" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t xml:space="preserve">.0 </w:t>
             </w:r>
             <w:r w:rsidR="00906336" w:rsidRPr="00D66C5F">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -30083,53 +30142,52 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE5CAF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="007C113D" w14:paraId="263E2A06" w14:textId="77777777" w:rsidTr="00127089">
         <w:trPr>
           <w:trHeight w:val="1439"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13E94368" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="00F52DFC">
+          <w:p w14:paraId="13E94368" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="00F52DFC">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-14536913"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -30164,128 +30222,125 @@
                 <w:id w:val="2000310768"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C113D" w:rsidRPr="007C113D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76CB9B29" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="004D3430">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">P1. </w:t>
             </w:r>
             <w:r w:rsidR="007C113D" w:rsidRPr="007C113D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work with cryogenic liquids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C0C5E70" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="007C113D" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C113D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Skin damage</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="018FFA48" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="007C113D" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C113D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eye damage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B815EEC" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="007C113D" w:rsidP="007F0797">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes</w:t>
             </w:r>
             <w:r w:rsidRPr="007C113D">
@@ -30396,51 +30451,51 @@
             <w:r w:rsidRPr="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lab coat; </w:t>
             </w:r>
             <w:r w:rsidR="004D067C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ong pants, long skirt, or equivalent leg covering (no shorts); lab footwear (Refer to Page 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6898ED40" w14:textId="77777777" w:rsidR="007C113D" w:rsidRDefault="008177CC" w:rsidP="007E611D">
+          <w:p w14:paraId="6898ED40" w14:textId="77777777" w:rsidR="007C113D" w:rsidRDefault="006953BC" w:rsidP="007E611D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342" w:hanging="342"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1004285909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -30490,51 +30545,51 @@
               <w:t>Cryogenic apron</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DD2ACDB" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="007C113D" w:rsidRDefault="00951EC9" w:rsidP="007E611D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="342" w:hanging="342"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="007C113D" w14:paraId="2E52E239" w14:textId="77777777" w:rsidTr="00127089">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39DEE133" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="00F52DFC">
+          <w:p w14:paraId="39DEE133" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="00F52DFC">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="293036005"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -30828,51 +30883,51 @@
             <w:r w:rsidRPr="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lab coat; </w:t>
             </w:r>
             <w:r w:rsidR="004D067C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ong pants, long skirt, or equivalent leg covering (no shorts); lab footwear (Refer to Page 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E60B02A" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="007E611D">
+          <w:p w14:paraId="0E60B02A" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="007E611D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1476833758"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -30920,51 +30975,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Body: </w:t>
             </w:r>
             <w:r w:rsidR="007C113D" w:rsidRPr="007C113D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cryogenic apron</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="007C113D" w14:paraId="2D9AF6DD" w14:textId="77777777" w:rsidTr="007C113D">
         <w:trPr>
           <w:trHeight w:val="962"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBD6991" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="00F52DFC">
+          <w:p w14:paraId="3CBD6991" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="00F52DFC">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-868136553"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -31216,51 +31271,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cryogenic low temperature insulated gloves</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68696029" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00951EC9" w:rsidRDefault="00951EC9" w:rsidP="00951EC9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="0055388D" w14:paraId="5AD5F5FE" w14:textId="77777777" w:rsidTr="00127089">
         <w:trPr>
           <w:trHeight w:val="2078"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFD3A54" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="2CFD3A54" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1840109248"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -31703,51 +31758,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> steam</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7829134A" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRPr="00951EC9" w:rsidRDefault="00951EC9" w:rsidP="00951EC9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="0055388D" w14:paraId="53CF1C41" w14:textId="77777777" w:rsidTr="00127089">
         <w:trPr>
           <w:trHeight w:val="1520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4AF1B4" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="5D4AF1B4" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1474982216"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -32018,51 +32073,51 @@
             <w:r w:rsidR="004D067C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ong pants, skirt, or equivalent leg covering (no shorts); lab footwear (Refer to Page 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ECD44E9" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="0ECD44E9" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1269887396"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -32092,51 +32147,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="007C113D" w:rsidRPr="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face</w:t>
             </w:r>
             <w:r w:rsidR="007C113D" w:rsidRPr="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Face shield</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73D96812" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="73D96812" w14:textId="77777777" w:rsidR="00951EC9" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2081281044"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C113D" w:rsidRPr="007C113D">
@@ -32239,73 +32294,73 @@
       <w:tblGrid>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="6840"/>
       </w:tblGrid>
       <w:tr w:rsidR="00344B8A" w:rsidRPr="002B49BA" w14:paraId="558D5219" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13680" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="348B0D63" w14:textId="77777777" w:rsidR="00344B8A" w:rsidRPr="002B49BA" w:rsidRDefault="00344B8A" w:rsidP="00481C56">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="523" w:dyaOrig="615" w14:anchorId="05BF7134">
                 <v:shape id="_x0000_i1061" type="#_x0000_t75" style="width:34.5pt;height:37.5pt" o:ole="">
                   <v:imagedata r:id="rId56" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1061" DrawAspect="Content" ObjectID="_1697877307" r:id="rId62"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1061" DrawAspect="Content" ObjectID="_1824968890" r:id="rId62"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="573" w:dyaOrig="573" w14:anchorId="1C668261">
                 <v:shape id="_x0000_i1062" type="#_x0000_t75" style="width:35.25pt;height:35.25pt" o:ole="">
                   <v:imagedata r:id="rId58" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1062" DrawAspect="Content" ObjectID="_1697877308" r:id="rId63"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1062" DrawAspect="Content" ObjectID="_1824968891" r:id="rId63"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:object w:dxaOrig="540" w:dyaOrig="540" w14:anchorId="23A47657">
                 <v:shape id="_x0000_i1063" type="#_x0000_t75" style="width:32.25pt;height:32.25pt" o:ole="">
                   <v:imagedata r:id="rId60" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1063" DrawAspect="Content" ObjectID="_1697877309" r:id="rId64"/>
+                <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1063" DrawAspect="Content" ObjectID="_1824968892" r:id="rId64"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="002B49BA">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002B49BA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6.0  PHYSICAL</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="002B49BA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> HAZARD PROTECTION</w:t>
             </w:r>
             <w:r w:rsidR="00127089">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (Page 2 of 2</w:t>
             </w:r>
@@ -32561,51 +32616,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specific Tasks</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D3430" w:rsidRPr="0055388D" w14:paraId="3A82605E" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58689D08" w14:textId="77777777" w:rsidR="004D3430" w:rsidRPr="007C113D" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="58689D08" w14:textId="77777777" w:rsidR="004D3430" w:rsidRPr="007C113D" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1515037023"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -32758,51 +32813,51 @@
             </w:r>
             <w:r w:rsidR="00F76C6B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="0059451F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ontact EH&amp;S for noise exposure assessment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="002C5F0F" w14:paraId="1B660A98" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B7D4EF" w14:textId="77777777" w:rsidR="007C113D" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="36B7D4EF" w14:textId="77777777" w:rsidR="007C113D" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-984848393"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -32997,51 +33052,67 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="342"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001254DB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hands</w:t>
             </w:r>
             <w:r w:rsidRPr="001254DB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">: If chemicals used, nitrile or </w:t>
+              <w:t xml:space="preserve">: If chemicals </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001254DB">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001254DB">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, nitrile or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001254DB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001254DB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> appropriate chemical-resistant glove</w:t>
             </w:r>
             <w:r w:rsidRPr="001254DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -33067,51 +33138,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Body:</w:t>
             </w:r>
             <w:r w:rsidRPr="001254DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lab coat; Long pants, skirt, or equivalent leg covering (no shorts); lab footwear (Refer to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Page 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DBDE515" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="6DBDE515" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1130596745"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -33158,51 +33229,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Face</w:t>
             </w:r>
             <w:r w:rsidR="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: F</w:t>
             </w:r>
             <w:r w:rsidR="007C113D" w:rsidRPr="005F45ED">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ace shield</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="290A4932" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="290A4932" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1139885172"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -33249,51 +33320,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eyes and/or Face</w:t>
             </w:r>
             <w:r w:rsidR="007C113D" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: For high risk activities - Safety goggles and fa</w:t>
             </w:r>
             <w:r w:rsidR="007C113D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ce shield</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AA6D2AB" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="00F40799" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="0AA6D2AB" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="00F40799" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1079168578"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -33331,51 +33402,51 @@
             <w:r w:rsidR="00490831">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007C113D" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Body:</w:t>
             </w:r>
             <w:r w:rsidR="007C113D" w:rsidRPr="00F40799">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> If chemicals used, chemical-resistant apron</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CEC92E2" w14:textId="77777777" w:rsidR="007C113D" w:rsidRDefault="008177CC" w:rsidP="007C113D">
+          <w:p w14:paraId="3CEC92E2" w14:textId="77777777" w:rsidR="007C113D" w:rsidRDefault="006953BC" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="-18"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="655805286"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -33441,51 +33512,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="54C818A3" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="007C113D" w:rsidRDefault="007C113D" w:rsidP="007C113D">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="-18"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="002C5F0F" w14:paraId="6CC8C844" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B139D8" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="34B139D8" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1847749458"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -33673,51 +33744,51 @@
             <w:r w:rsidRPr="00072AC2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cut resistant outer glove (Kevlar) with nitrile inner glove</w:t>
             </w:r>
             <w:r w:rsidR="00951EC9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="002C5F0F" w14:paraId="717DD6BC" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="881"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DB7DB9A" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="6DB7DB9A" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="942721786"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -33863,51 +33934,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For Aerosols:</w:t>
             </w:r>
             <w:r w:rsidRPr="00072AC2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Safety glasses and mask.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CE2BF7B" w14:textId="77777777" w:rsidR="00FD1C48" w:rsidRDefault="008177CC" w:rsidP="00FD1C48">
+          <w:p w14:paraId="5CE2BF7B" w14:textId="77777777" w:rsidR="00FD1C48" w:rsidRDefault="006953BC" w:rsidP="00FD1C48">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="-18"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-285429913"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -33968,51 +34039,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01D8B3FE" w14:textId="77777777" w:rsidR="00FD1C48" w:rsidRPr="00FD1C48" w:rsidRDefault="00FD1C48" w:rsidP="00FD1C48">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="002C5F0F" w14:paraId="32130B83" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A3E4BC" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="03A3E4BC" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="441575291"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -34156,51 +34227,51 @@
               </w:numPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employee is not allowed to enter and work inside of an oxygen deficient or hazardous chamber.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C113D" w:rsidRPr="002C5F0F" w14:paraId="59CDEEBA" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="791"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FAD61C8" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="005F45ED" w:rsidRDefault="008177CC" w:rsidP="00454AEF">
+          <w:p w14:paraId="1FAD61C8" w14:textId="77777777" w:rsidR="007C113D" w:rsidRPr="005F45ED" w:rsidRDefault="006953BC" w:rsidP="00454AEF">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1716647725"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -34441,51 +34512,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00267206">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Coveralls</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="005F45ED" w14:paraId="299833DF" w14:textId="77777777" w:rsidTr="007C5C0F">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4C401E" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="008177CC" w:rsidP="007C5C0F">
+          <w:p w14:paraId="4C4C401E" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="000D7C80" w:rsidRDefault="006953BC" w:rsidP="007C5C0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="401344739"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C5C0F" w:rsidRPr="000D7C80">
@@ -34733,246 +34804,235 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6475"/>
         <w:gridCol w:w="5400"/>
         <w:gridCol w:w="1800"/>
       </w:tblGrid>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w14:paraId="5E269EC5" w14:textId="77777777" w:rsidTr="00DB4402">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="613C15BD" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t>Princ</w:t>
             </w:r>
             <w:r>
               <w:t>ipal Investigator’s (PI) Name (Print N</w:t>
             </w:r>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">ame): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="591ACD59" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7444B96D" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B8A9299" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">Department/Unit: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w14:paraId="1E767950" w14:textId="77777777" w:rsidTr="00DB4402">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AA5C556" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">Building(s): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14901896" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="770BE9A3" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F0F066E" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">Room(s): </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w14:paraId="2447EEF7" w14:textId="77777777" w:rsidTr="00DB4402">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4218B340" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">Lab Manager’s Name: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48A17923" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75B11A37" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26479C67" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">Lab Manager’s Phone: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w14:paraId="51E6DEFE" w14:textId="77777777" w:rsidTr="00DB4402">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76A74182" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:t>Completed by (Print N</w:t>
             </w:r>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">ame): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="098918E2" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B8C44EE" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F3D4C74" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DAAF0DA" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00C934C4" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB4402" w:rsidRPr="00C934C4" w14:paraId="58583D42" w14:textId="77777777" w:rsidTr="00E34288">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11875" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2105A399" w14:textId="77777777" w:rsidR="00DB4402" w:rsidRDefault="00DB4402" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00C934C4">
               <w:t xml:space="preserve">Signature of PI: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7061D894" w14:textId="77777777" w:rsidR="00DB4402" w:rsidRDefault="00DB4402" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74BEA837" w14:textId="77777777" w:rsidR="00DB4402" w:rsidRPr="00C934C4" w:rsidRDefault="00DB4402" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="514828F6" w14:textId="77777777" w:rsidR="00DB4402" w:rsidRPr="00C934C4" w:rsidRDefault="00DB4402" w:rsidP="007C5C0F">
             <w:pPr>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C32E94A" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
     <w:p w14:paraId="582C8D54" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
     <w:p w14:paraId="4036BA5D" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
     <w:p w14:paraId="0E985C60" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
     <w:p w14:paraId="061C9982" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
     <w:p w14:paraId="1239C069" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
     <w:p w14:paraId="4C9727C1" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRDefault="008F3FE0">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DDCE603" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRDefault="007C5C0F" w:rsidP="007C5C0F"/>
     <w:p w14:paraId="7E70E531" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRDefault="008F3FE0" w:rsidP="008F3FE0">
@@ -36246,70 +36306,70 @@
     </w:tbl>
     <w:p w14:paraId="23836B8E" w14:textId="77777777" w:rsidR="008F3FE0" w:rsidRDefault="008F3FE0" w:rsidP="008F3FE0"/>
     <w:p w14:paraId="03C1E634" w14:textId="77777777" w:rsidR="007C5C0F" w:rsidRPr="00B21FF9" w:rsidRDefault="007C5C0F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007C5C0F" w:rsidRPr="00B21FF9" w:rsidSect="00391608">
       <w:headerReference w:type="default" r:id="rId65"/>
       <w:footerReference w:type="default" r:id="rId66"/>
       <w:headerReference w:type="first" r:id="rId67"/>
       <w:footerReference w:type="first" r:id="rId68"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1080" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="612EF1E4" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRDefault="00073A3F" w:rsidP="004D195B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3A4202CD" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRDefault="00073A3F" w:rsidP="004D195B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -36331,106 +36391,140 @@
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Encode Sans Wide">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Algerian">
     <w:panose1 w:val="04020705040A02060702"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Mono">
-    <w:panose1 w:val="020B0509000000000004"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
-    <w:panose1 w:val="020B0703040504020204"/>
+    <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="45C1ED28" w14:textId="096666A8" w:rsidR="00073A3F" w:rsidRPr="00FE5E18" w:rsidRDefault="00073A3F" w:rsidP="009D61F2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45C1ED28" w14:textId="684E9B8E" w:rsidR="00073A3F" w:rsidRPr="00FE5E18" w:rsidRDefault="00073A3F" w:rsidP="009D61F2">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FE5E18">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">EH&amp;S Occupational Safety &amp; Health | Revised: November 4, 2021 | www.ehs.washington.edu | 206.543.7388 | ehsdept@uw.edu | Page </w:t>
+      <w:t xml:space="preserve">EH&amp;S Occupational Safety &amp; Health | Revised: November 4, </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00FE5E18">
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2021</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00FE5E18">
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | www.ehs.washington.edu | 206.543.7</w:t>
+    </w:r>
+    <w:r w:rsidR="00FD30C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>262</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FE5E18">
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | ehsdept@uw.edu | Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00FE5E18">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FE5E18">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FE5E18">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -36444,51 +36538,51 @@
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE5E18">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00FE5E18">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of 20</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38A0603C" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRPr="009D61F2" w:rsidRDefault="00073A3F" w:rsidP="00777C61">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Revised: September 2021</w:t>
     </w:r>
     <w:r w:rsidRPr="009D61F2">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009D61F2">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
@@ -36608,70 +36702,70 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="009D61F2">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of 20</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="775CBCCC" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRDefault="00073A3F" w:rsidP="004D195B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6179F429" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRDefault="00073A3F" w:rsidP="004D195B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6ABAF5A7" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRPr="00995A48" w:rsidRDefault="00073A3F" w:rsidP="007C43E2">
     <w:pPr>
       <w:ind w:right="-360"/>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FE5E18">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:b/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>LABORATORY PPE HAZARD ASSESSMENT</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE5E18">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:b/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -36765,51 +36859,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="216EF3DE" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRDefault="00073A3F" w:rsidP="00E31659">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01C3D53D" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRDefault="00073A3F" w:rsidP="00105C76">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5973"/>
         <w:tab w:val="right" w:pos="9360"/>
         <w:tab w:val="right" w:pos="13320"/>
       </w:tabs>
       <w:ind w:left="2160"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A4E65FD" wp14:editId="0CAB85E9">
@@ -36846,51 +36940,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="50D83A6F" w14:textId="77777777" w:rsidR="00073A3F" w:rsidRDefault="00073A3F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A57087"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C2229B8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -44879,284 +44973,284 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="134379618">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1944192670">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1830906382">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1357847841">
     <w:abstractNumId w:val="70"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="89670456">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1078014010">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="78983303">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2140104351">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1564826991">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1575699461">
     <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="574125171">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1376545548">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="512301178">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1393388282">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="643001318">
     <w:abstractNumId w:val="63"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1504583421">
     <w:abstractNumId w:val="60"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1280335117">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="258683098">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="466633442">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1603535583">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="524708291">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1466505995">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1441875455">
     <w:abstractNumId w:val="69"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="674957500">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1770660396">
     <w:abstractNumId w:val="64"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="2075659203">
     <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1239288006">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="655229527">
     <w:abstractNumId w:val="59"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1629624544">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1008025796">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1106460690">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1249388756">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="368380448">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1035882722">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="120659611">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="61177249">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="2083794538">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="2085225866">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1989895717">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="2079286828">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1357122453">
     <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1357151852">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1312053497">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="447894642">
     <w:abstractNumId w:val="57"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1725833042">
     <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1854490814">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="421873181">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="315112304">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="49">
+  <w:num w:numId="49" w16cid:durableId="386223834">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="50">
+  <w:num w:numId="50" w16cid:durableId="1589387216">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="51">
+  <w:num w:numId="51" w16cid:durableId="236405149">
     <w:abstractNumId w:val="71"/>
   </w:num>
-  <w:num w:numId="52">
+  <w:num w:numId="52" w16cid:durableId="564682249">
     <w:abstractNumId w:val="61"/>
   </w:num>
-  <w:num w:numId="53">
+  <w:num w:numId="53" w16cid:durableId="1697541680">
     <w:abstractNumId w:val="66"/>
   </w:num>
-  <w:num w:numId="54">
+  <w:num w:numId="54" w16cid:durableId="1949383628">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="55">
+  <w:num w:numId="55" w16cid:durableId="287206869">
     <w:abstractNumId w:val="65"/>
   </w:num>
-  <w:num w:numId="56">
+  <w:num w:numId="56" w16cid:durableId="162747802">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="57">
+  <w:num w:numId="57" w16cid:durableId="374046562">
     <w:abstractNumId w:val="68"/>
   </w:num>
-  <w:num w:numId="58">
+  <w:num w:numId="58" w16cid:durableId="1859584279">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="59">
+  <w:num w:numId="59" w16cid:durableId="1224029732">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="60">
+  <w:num w:numId="60" w16cid:durableId="216934723">
     <w:abstractNumId w:val="62"/>
   </w:num>
-  <w:num w:numId="61">
+  <w:num w:numId="61" w16cid:durableId="487795440">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="62">
+  <w:num w:numId="62" w16cid:durableId="1760445708">
     <w:abstractNumId w:val="58"/>
   </w:num>
-  <w:num w:numId="63">
+  <w:num w:numId="63" w16cid:durableId="1639529326">
     <w:abstractNumId w:val="67"/>
   </w:num>
-  <w:num w:numId="64">
+  <w:num w:numId="64" w16cid:durableId="1335958316">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="65">
+  <w:num w:numId="65" w16cid:durableId="751389479">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="66">
+  <w:num w:numId="66" w16cid:durableId="157818179">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="67">
+  <w:num w:numId="67" w16cid:durableId="156384792">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="68">
+  <w:num w:numId="68" w16cid:durableId="1559323666">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="69">
+  <w:num w:numId="69" w16cid:durableId="510753874">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="70">
+  <w:num w:numId="70" w16cid:durableId="982077806">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="71">
+  <w:num w:numId="71" w16cid:durableId="1835991539">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="72">
+  <w:num w:numId="72" w16cid:durableId="1794441246">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="67"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="148"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C3489E"/>
     <w:rsid w:val="00002CBF"/>
     <w:rsid w:val="0000729E"/>
     <w:rsid w:val="00007CA2"/>
     <w:rsid w:val="00023B46"/>
     <w:rsid w:val="00024E88"/>
     <w:rsid w:val="00030CFA"/>
@@ -45486,50 +45580,51 @@
     <w:rsid w:val="009F7186"/>
     <w:rsid w:val="00A041E6"/>
     <w:rsid w:val="00A108E5"/>
     <w:rsid w:val="00A14062"/>
     <w:rsid w:val="00A20410"/>
     <w:rsid w:val="00A22D66"/>
     <w:rsid w:val="00A24A8F"/>
     <w:rsid w:val="00A31216"/>
     <w:rsid w:val="00A33428"/>
     <w:rsid w:val="00A40D8D"/>
     <w:rsid w:val="00A4255F"/>
     <w:rsid w:val="00A5009B"/>
     <w:rsid w:val="00A511E2"/>
     <w:rsid w:val="00A566F1"/>
     <w:rsid w:val="00A56E09"/>
     <w:rsid w:val="00A65C4D"/>
     <w:rsid w:val="00A850D2"/>
     <w:rsid w:val="00A85519"/>
     <w:rsid w:val="00AA10AE"/>
     <w:rsid w:val="00AA45C5"/>
     <w:rsid w:val="00AB5914"/>
     <w:rsid w:val="00AB5E4E"/>
     <w:rsid w:val="00AB7DEB"/>
     <w:rsid w:val="00AC0E22"/>
     <w:rsid w:val="00AD28D9"/>
+    <w:rsid w:val="00AD3267"/>
     <w:rsid w:val="00AE2106"/>
     <w:rsid w:val="00AE3A1E"/>
     <w:rsid w:val="00AE40E1"/>
     <w:rsid w:val="00AE5CD7"/>
     <w:rsid w:val="00AF6128"/>
     <w:rsid w:val="00B0532B"/>
     <w:rsid w:val="00B07025"/>
     <w:rsid w:val="00B12CF5"/>
     <w:rsid w:val="00B158CE"/>
     <w:rsid w:val="00B15BF7"/>
     <w:rsid w:val="00B21FF9"/>
     <w:rsid w:val="00B26AC4"/>
     <w:rsid w:val="00B30922"/>
     <w:rsid w:val="00B31921"/>
     <w:rsid w:val="00B33EE2"/>
     <w:rsid w:val="00B34506"/>
     <w:rsid w:val="00B35692"/>
     <w:rsid w:val="00B378F1"/>
     <w:rsid w:val="00B41361"/>
     <w:rsid w:val="00B443CC"/>
     <w:rsid w:val="00B502F9"/>
     <w:rsid w:val="00B534A3"/>
     <w:rsid w:val="00B53602"/>
     <w:rsid w:val="00B64903"/>
     <w:rsid w:val="00B7177D"/>
@@ -45662,86 +45757,87 @@
     <w:rsid w:val="00F462F4"/>
     <w:rsid w:val="00F50E71"/>
     <w:rsid w:val="00F51E20"/>
     <w:rsid w:val="00F51EEB"/>
     <w:rsid w:val="00F528E2"/>
     <w:rsid w:val="00F52DFC"/>
     <w:rsid w:val="00F60031"/>
     <w:rsid w:val="00F60F4E"/>
     <w:rsid w:val="00F61E7C"/>
     <w:rsid w:val="00F63604"/>
     <w:rsid w:val="00F673C2"/>
     <w:rsid w:val="00F72894"/>
     <w:rsid w:val="00F73392"/>
     <w:rsid w:val="00F760E0"/>
     <w:rsid w:val="00F76597"/>
     <w:rsid w:val="00F76C6B"/>
     <w:rsid w:val="00F770CA"/>
     <w:rsid w:val="00F9130F"/>
     <w:rsid w:val="00F95808"/>
     <w:rsid w:val="00FA49D6"/>
     <w:rsid w:val="00FB4C49"/>
     <w:rsid w:val="00FB63BA"/>
     <w:rsid w:val="00FC7F6A"/>
     <w:rsid w:val="00FD1B05"/>
     <w:rsid w:val="00FD1C48"/>
+    <w:rsid w:val="00FD30C1"/>
     <w:rsid w:val="00FD5970"/>
     <w:rsid w:val="00FD6B71"/>
     <w:rsid w:val="00FE5E18"/>
     <w:rsid w:val="00FE5E90"/>
     <w:rsid w:val="00FF74FD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5DE1B096"/>
   <w15:docId w15:val="{5031EF45-3399-4154-BB5A-2532E40E2F87}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -46394,51 +46490,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00481C56"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B30922"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="390810289">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="973482744">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -46913,69 +47009,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E75452F-741A-4AC8-8B2B-E00BCA125D30}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Lethead.dotx</Template>
+  <Template>Lethead</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>5136</Words>
-  <Characters>28610</Characters>
+  <Words>5334</Words>
+  <Characters>28382</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>510</Lines>
-  <Paragraphs>249</Paragraphs>
+  <Lines>1419</Lines>
+  <Paragraphs>864</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Environmental Health and Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33497</CharactersWithSpaces>
+  <CharactersWithSpaces>32852</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sherry Baron</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>