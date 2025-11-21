--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -13,51 +13,51 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3730E38D" w14:textId="77777777" w:rsidR="00FC44AA" w:rsidRDefault="0008411C" w:rsidP="000F1F41">
       <w:r w:rsidRPr="0008411C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="613BF7B0" wp14:editId="5499F24E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-133350</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-457200</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3484179" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4" descr="T:\1Outreach\Logos\Enviro.HlthAndSafety-small color-No W.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -276,2058 +276,2058 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00CF1021">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CF1021">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CF1021">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="764F3911" w14:textId="3AE5DB58" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="764F3911" w14:textId="3AE5DB58" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921722" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Background</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921722 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="584D4619" w14:textId="63E8C8F9" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="584D4619" w14:textId="63E8C8F9" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921723" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purpose</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921723 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="27870FEA" w14:textId="10CF6267" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="27870FEA" w14:textId="10CF6267" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921724" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Regulatory Requirements and University Policy</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921724 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="037A4DE4" w14:textId="4D77B5E6" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="037A4DE4" w14:textId="4D77B5E6" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921725" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Roles and Responsibilities</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921725 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="060ADB0E" w14:textId="25CBF219" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="060ADB0E" w14:textId="25CBF219" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921726" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>EH&amp;S Responsibilities</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921726 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6982568A" w14:textId="625D65B8" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="6982568A" w14:textId="625D65B8" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921727" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>UW Unit Responsibilities</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921727 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="483EDDA6" w14:textId="202E290B" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="483EDDA6" w14:textId="202E290B" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921728" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>First Aid Plan requirements</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921728 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2ECA0A43" w14:textId="7E6097F7" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="2ECA0A43" w14:textId="7E6097F7" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921729" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>First-aid trained personnel</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921729 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="17F887D4" w14:textId="72EEF50C" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="17F887D4" w14:textId="72EEF50C" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921730" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>First-aid supplies</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921730 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="347FA18A" w14:textId="20CB480F" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="347FA18A" w14:textId="20CB480F" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921731" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>First Aid Plan documentation</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921731 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F64F697" w14:textId="7F034F2C" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="1F64F697" w14:textId="7F034F2C" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921732" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>First Aid Plan additional considerations</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921732 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7F54AEF5" w14:textId="7DD2E25A" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="7F54AEF5" w14:textId="7DD2E25A" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921733" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Office environments (academic, administrative or service unit offices, etc.)</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921733 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6EC8DE5E" w14:textId="5521B554" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="6EC8DE5E" w14:textId="5521B554" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921734" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Laboratories</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921734 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B07B59C" w14:textId="21543B16" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="2B07B59C" w14:textId="21543B16" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921735" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Medical/clinical environments</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921735 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61CEE614" w14:textId="5482661B" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="61CEE614" w14:textId="5482661B" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921736" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Shops and trades/warehouse operations</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921736 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="595D873F" w14:textId="019ABF7B" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="595D873F" w14:textId="019ABF7B" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921737" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Working alone</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921737 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="741A70FF" w14:textId="551301D9" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="741A70FF" w14:textId="551301D9" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921738" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Remote locations (research field stations, field trips, diving)</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921738 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="356DE32B" w14:textId="53B427F5" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="356DE32B" w14:textId="53B427F5" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921739" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Other Locations</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921739 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53B0BE43" w14:textId="2667F94D" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="53B0BE43" w14:textId="2667F94D" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921740" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Training</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921740 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E8001C8" w14:textId="57DBCA45" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="3E8001C8" w14:textId="57DBCA45" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921741" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obtaining and documenting first-aid training</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921741 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FD12FA5" w14:textId="7A63A276" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="4FD12FA5" w14:textId="7A63A276" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921742" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Wilderness first-aid training</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921742 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="271DAC8D" w14:textId="263B2BF3" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="271DAC8D" w14:textId="263B2BF3" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921743" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>First-aid kits</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921743 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="38716E5F" w14:textId="0B0FC6B3" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="38716E5F" w14:textId="0B0FC6B3" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921744" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Automated external defibrillators</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921744 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="72A4017C" w14:textId="32B90C96" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="72A4017C" w14:textId="32B90C96" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921745" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Stop the Bleed Kits</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921745 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18D9DD1F" w14:textId="6C6A9A31" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="18D9DD1F" w14:textId="6C6A9A31" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921746" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Good Samaritan Act</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921746 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7904B777" w14:textId="5B2C0A5E" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="7904B777" w14:textId="5B2C0A5E" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921747" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bloodborne pathogens exposure</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921747 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44FF3BD4" w14:textId="39B685B8" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="44FF3BD4" w14:textId="39B685B8" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921748" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Resources and contact information</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921748 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0EA70790" w14:textId="6B540A2B" w:rsidR="00CF1021" w:rsidRDefault="003C5438">
+        <w:p w14:paraId="0EA70790" w14:textId="6B540A2B" w:rsidR="00CF1021" w:rsidRDefault="00CF1021">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc149921749" w:history="1">
-            <w:r w:rsidR="00CF1021" w:rsidRPr="007A2F1C">
+            <w:r w:rsidRPr="007A2F1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Appendix 1: Documentation of First Aid Plan</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc149921749 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF1021">
-[...5 lines deleted...]
-            <w:r w:rsidR="00CF1021">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00CF1021">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="77028BD6" w14:textId="38D9E718" w:rsidR="00C7242D" w:rsidRDefault="00C7242D" w:rsidP="000F1F41">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6FDFF3AA" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRPr="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
@@ -2359,51 +2359,59 @@
       <w:r>
         <w:t xml:space="preserve">All University personnel </w:t>
       </w:r>
       <w:r w:rsidR="00C1558E">
         <w:t xml:space="preserve">are required to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">have access to quick and effective first aid in the event of an emergency. This guide contains instructions for creating a </w:t>
       </w:r>
       <w:r w:rsidR="001F671B">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">irst </w:t>
       </w:r>
       <w:r w:rsidR="001F671B">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">id </w:t>
       </w:r>
       <w:r w:rsidR="001F671B">
         <w:t>P</w:t>
       </w:r>
       <w:r>
-        <w:t>lan for University of Washington (UW) personnel on UW campuses, UW-owned sites, UW-leased spaces, temporary field locations, and field trips that are under the control of University operations and staff.</w:t>
+        <w:t xml:space="preserve">lan for University of Washington (UW) personnel on UW campuses, UW-owned sites, UW-leased spaces, temporary field locations, and field trips that are under the control of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> operations and staff.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC80247" w14:textId="140A8407" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Environmental Health &amp; Safety (EH&amp;S) provides guidelines to accommodate the wide variety of work types, locations, and environments shared by the University’s personnel. University units use these guidelines to determine the required number of first-aid trained personnel (if any), which first</w:t>
       </w:r>
       <w:r w:rsidR="001F671B">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>aid supplies are needed and how to obtain necessary supplies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0C3263" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Personnel identified as first-aid trained for the purposes of meeting regulatory requirements do so as a collateral duty; it is not their primary job assignment to provide first aid or other medical assistance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1BE0B9" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
@@ -2497,106 +2505,122 @@
       <w:r>
         <w:t>. The following are specific to the University’s First Aid requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D95A6EC" w14:textId="3400D91E" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc149921726"/>
       <w:r>
         <w:t xml:space="preserve">EH&amp;S </w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t>esponsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="213191B7" w14:textId="37803CC9" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t>The UW Environmental Health and Safety Department (EH&amp;S) provides</w:t>
+        <w:t xml:space="preserve">The UW Environmental Health and Safety Department (EH&amp;S) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>provides</w:t>
       </w:r>
       <w:r w:rsidR="000132C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>assistance to University units implementing these guidelines to meet first-aid requirements. EH&amp;S interprets the first-aid requirements and serves as a liaison to the Washington State Department of Labor and Industries (L&amp;I) for health and safety. In addition, EH&amp;S helps to ensure compliance with federal and state first-aid regulations through program oversight and provision of services, including information, resources, and training.</w:t>
+        <w:t>assistance to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> units implementing these guidelines to meet first-aid requirements. EH&amp;S interprets the first-aid requirements and serves as a liaison to the Washington State Department of Labor and Industries (L&amp;I) for health and safety. In addition, EH&amp;S helps to ensure compliance with federal and state first-aid regulations through program oversight and provision of services, including information, resources, and training.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4592D673" w14:textId="4CE6B62D" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc149921727"/>
       <w:r>
         <w:t xml:space="preserve">UW </w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nit </w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t>esponsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="2D39DA36" w14:textId="4A1F8931" w:rsidR="00462D6F" w:rsidRDefault="003C5438" w:rsidP="00462D6F">
+    <w:p w14:paraId="2D39DA36" w14:textId="4A1F8931" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00462D6F" w:rsidRPr="003A4009">
+        <w:r w:rsidRPr="003A4009">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">UW Executive </w:t>
         </w:r>
         <w:r w:rsidR="003A4009" w:rsidRPr="003A4009">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>O</w:t>
         </w:r>
-        <w:r w:rsidR="00462D6F" w:rsidRPr="003A4009">
+        <w:r w:rsidRPr="003A4009">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>rder 55</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00462D6F">
+      <w:r>
         <w:t xml:space="preserve"> specifies that each dean, director, department chair, and supervisor is responsible for the health and safety performance in their respective units. This responsibility cannot be transferred or delegated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8DC04E" w14:textId="7C1942F6" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>University units are responsible for ensuring the availability of quick and effective first aid and readily accessible first-aid supplies in work areas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB8AD2A" w14:textId="702ACE6D" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Each unit must document their First Aid Plan, defining the unit’s method for meeting the first-aid requirements from the options and guidelines included in this document. </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_1:_Documentation">
         <w:r w:rsidRPr="7F4196F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Appendix </w:t>
         </w:r>
@@ -2644,52 +2668,57 @@
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>First-aid trained personnel are available to provide quick and effective first aid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB0A92E" w14:textId="3518F063" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Appropriate first-aid supplies are readily available.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A57371B" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc149921729"/>
-      <w:r>
-        <w:t>First-aid trained personnel</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>First-aid</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> trained personnel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="3EE9E824" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>University units have two options for ensuring first-aid trained personnel are available:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E7B850C" w14:textId="5F02996C" w:rsidR="00462D6F" w:rsidRDefault="004446BE" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00064B4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2708,69 +2737,85 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00064B4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Option 2:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t>Compliance may be achieved in any location by having at least one first-aid trained employee present when personnel are working. A common method for ensuring a consistent presence of first-aid responders is for each supervisor (or their designee) to be trained and certified in first aid. It is strongly recommended that an alternate person also be trained and certified in first aid, to ensure coverage during absences.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E1A31F" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t>Units may choose to implement one or both of these options; however, some higher risk work environments and work activities require that first-aid responders are on site while personnel are working. Refer to the sections below for more information.</w:t>
+        <w:t xml:space="preserve">Units may choose to implement one or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>both of these</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> options; however, some higher risk work environments and work activities require that first-aid responders are on site while personnel are working. Refer to the sections below for more information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253BA11F" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc149921730"/>
       <w:r>
         <w:t>First-aid supplies</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="7BA0F954" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t>First Aid Plans created by University units must address the type and accessibility of first-aid supplies:</w:t>
+        <w:t xml:space="preserve">First Aid Plans created by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> units must address the type and accessibility of first-aid supplies:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6989FEE7" w14:textId="1F897B6C" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>First-aid supplies at your workplace are appropriate to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E04D9A1" w14:textId="0D738E39" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
@@ -2797,54 +2842,62 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="53B5A3AB" w14:textId="453518FF" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>First-aid supplies are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A54CB8E" w14:textId="47B56F4E" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Readily available and easily accessible to all your employees</w:t>
+        <w:t xml:space="preserve">Readily available and easily accessible to all your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>employees</w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
-        <w:t xml:space="preserve">; </w:t>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004446BE">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22121121" w14:textId="2B0101CB" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Stored in containers that protect them from damage, deterioration, or contamination; containers must be clearly marked, not locked, and may be sealed</w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A27F349" w14:textId="6F0266AF" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
@@ -2869,51 +2922,67 @@
       <w:r w:rsidRPr="5E71BB5C">
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
         <w:t>First Aid Plan documentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="660DE963" w14:textId="044875FB" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Units must identify and document the certification of first-aid trained personnel </w:t>
       </w:r>
       <w:r w:rsidRPr="00064B4E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>if their unit’s First Aid Plan relies on first-aid trained personnel being present on site while personnel are working</w:t>
+        <w:t xml:space="preserve">if their unit’s First Aid Plan relies on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00064B4E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>first-aid</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00064B4E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trained personnel being present on site while personnel are working</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (instead </w:t>
       </w:r>
       <w:r w:rsidR="1A70E85E">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">relying on 9-1-1 for emergency response). Units can use </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_1:_Documentation" w:history="1">
         <w:r w:rsidRPr="004446BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to document this information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="514704EA" w14:textId="5998181A" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="003A4009">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -3000,81 +3069,105 @@
         </w:rPr>
         <w:t xml:space="preserve">dditional </w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00F80831">
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
         <w:t>onsiderations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="6643E933" w14:textId="7348731C" w:rsidR="00462D6F" w:rsidRDefault="004446BE" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>While t</w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
-        <w:t>he majority of University personnel work in office environments, large numbers of personnel work in higher risk settings and situations, such as laboratories, medical/clinical settings, shops and trades, working alone</w:t>
+        <w:t xml:space="preserve">he majority of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00462D6F">
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00462D6F">
+        <w:t xml:space="preserve"> personnel work in office environments, large numbers of personnel work in higher risk settings and situations, such as laboratories, medical/clinical settings, shops and trades, working alone</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t xml:space="preserve"> and remote locations.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Below are additional considerations for University units with personnel in specific settings and situations.</w:t>
+        <w:t xml:space="preserve"> Below are additional considerations for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> units with personnel in specific settings and situations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47181F73" w14:textId="4C925DFB" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc149921733"/>
       <w:r>
         <w:t xml:space="preserve">Office environments </w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="7B91851D" w14:textId="536F336D" w:rsidR="004446BE" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Organizational units with office work environments </w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
-        <w:t xml:space="preserve">(e.g., academic, administrative, or service unit offices, etc.) have two options for </w:t>
+        <w:t>(e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004446BE">
+        <w:t>g.,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004446BE">
+        <w:t xml:space="preserve"> academic, administrative, or service unit offices, etc.) have two options for </w:t>
       </w:r>
       <w:r>
         <w:t>comply</w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with the first-aid training requirement</w:t>
       </w:r>
       <w:r w:rsidR="004446BE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="037B661C" w14:textId="0EB72184" w:rsidR="00462D6F" w:rsidRDefault="004446BE" w:rsidP="00064B4E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00064B4E">
         <w:rPr>
           <w:b/>
@@ -3232,99 +3325,115 @@
       <w:r>
         <w:t xml:space="preserve">At the UW Medicine medical centers and Harborview Medical Center, first aid and emergency medical response are available to personnel from </w:t>
       </w:r>
       <w:r w:rsidR="00DB0263">
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="00064B4E">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00DB0263">
         <w:t xml:space="preserve">site </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">medical staff through the hospital paging system. In areas where </w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t>medical</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> staff are not available or do not respond to employee injuries or illness</w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t>es</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, first-aid trained staff must be available. One first-aid trained employee on each floor of a building, wing, or other defined work area is adequate coverage if provisions are made for back up from first-aid trained personnel in adjacent areas. Please note that medical center staff who render first aid as part of their primary job responsibilities are required to take </w:t>
+        <w:t xml:space="preserve">, first-aid trained staff must be available. One first-aid trained employee on each floor of a building, wing, or other defined work area is adequate coverage if provisions are made for back up from </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>first-aid</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> trained personnel in adjacent areas. Please note that medical center staff who render first aid as part of their primary job responsibilities are required to take </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Bloodborne_pathogens_exposure">
         <w:r w:rsidRPr="5AADC09C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>bloodborne pathogens exposure training</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and are not covered under the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Good_Samaritan_Act">
         <w:r w:rsidRPr="5AADC09C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Good Samaritan Act</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD131B1" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc149921736"/>
       <w:r>
         <w:t>Shops and trades/warehouse operations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="676C067A" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To ensure that first-aid trained personnel are always available when personnel are present, each shop and warehouse location must have at least one first-aid trained employee on each shift in each work area. More than one first-aid trained employee may be needed to ensure coverage during absences and vacancies. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3641527C" w14:textId="76BD8F66" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t>L&amp;I requires first-aid and CPR trained individuals and first-aid supplies to be on site when shop work includes confined space entry, welding, scuba diving, and electrical power construction, generation, transmission, and distribution.</w:t>
+        <w:t xml:space="preserve">L&amp;I requires first-aid and CPR trained </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and first-aid supplies to be on site when shop work includes confined space entry, welding, scuba diving, and electrical power construction, generation, transmission, and distribution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6894AE" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc149921737"/>
       <w:r>
         <w:t>Working alone</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="501C8AB0" w14:textId="07B682CA" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>Working alone applies to work or study occurring when no other person is in direct line of sight or within hearing range of the person working. A person may work alone in a lab, office, shop</w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or other University location, or in the field. Working alone can take place during normal working hours, as well as on evenings and weekends.</w:t>
       </w:r>
@@ -3399,51 +3508,59 @@
         <w:t xml:space="preserve">field trip </w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t xml:space="preserve">or diving excursion) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="00064B4E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> served by a municipal emergency medical service, there must always be </w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t xml:space="preserve">personnel at the site who are trained in </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">advanced first-aid. </w:t>
+        <w:t xml:space="preserve">advanced </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>first-aid</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t xml:space="preserve">Refer to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="003A4009">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">UW Field </w:t>
         </w:r>
         <w:r w:rsidR="00CD4A2D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Operations </w:t>
         </w:r>
         <w:r w:rsidRPr="003A4009">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Safety Manual</w:t>
@@ -3578,56 +3695,62 @@
       <w:r>
         <w:t xml:space="preserve"> diving conducted under University auspices must include documented pre-dive emergency planning. University certified divers are required to have current </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00104F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>diving first aid and CPR certification</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, including emergency oxygen training. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="227D02BA" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc149921739"/>
       <w:r>
         <w:t>Other Locations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="30DE6E04" w14:textId="17E58840" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
+    <w:p w14:paraId="30DE6E04" w14:textId="4BCDA85A" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If an employing unit has a work environment not addressed in these guidelines or has a complex mix of work environments or locations, EH&amp;S will assist in the development of a unit-specific first aid response plan. Contact EH&amp;S at 206.543.7388 or </w:t>
+        <w:t>If an employing unit has a work environment not addressed in these guidelines or has a complex mix of work environments or locations, EH&amp;S will assist in the development of a unit-specific first aid response plan. Contact EH&amp;S at 206.543.7</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6CE2">
+        <w:t>262</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00104F62" w:rsidRPr="00FE06F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ehsdept@uw.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD4A2D">
         <w:t xml:space="preserve"> for assistance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="143AE731" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc149921740"/>
       <w:r>
         <w:t>Training</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="22C333DB" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
@@ -3666,51 +3789,59 @@
     </w:p>
     <w:p w14:paraId="33089261" w14:textId="06954209" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Each employee who completes the EH&amp;S-sponsored first-aid course will receive a first-aid card to serve as documentation. In addition, EH&amp;S maintains </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00104F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>training records</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for all EH&amp;S-sponsored courses.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE4698E" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t>If a unit chooses to contract with an outside provider, the unit is responsible for ensuring that the trainer is certified to teach first aid. First-aid training acquired through outside providers must be documented and maintained within the employing unit.</w:t>
+        <w:t xml:space="preserve">If a unit chooses to contract with an outside provider, the unit is responsible for ensuring that the trainer is certified to teach first aid. First-aid training acquired through outside providers must be documented and maintained within the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>employing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> unit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B25004" w14:textId="50B67C5E" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">First-aid training must be repeated every two years to maintain a valid first-aid certificate. A current list of personnel who are trained and certified in first aid and CPR, and/or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">wilderness first aid </w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t>(through</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a course</w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t xml:space="preserve"> provided by EH&amp;S)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3726,172 +3857,174 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> on the </w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D" w:rsidRPr="00064B4E">
         <w:t>EH&amp;S website</w:t>
       </w:r>
       <w:r w:rsidR="00CD4A2D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E572355" w14:textId="03CDFA31" w:rsidR="00462D6F" w:rsidRDefault="001318C5" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc149921742"/>
       <w:r>
         <w:t xml:space="preserve">Advanced </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t>first-aid training</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="0FF347BA" w14:textId="617BDB79" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
+    <w:p w14:paraId="0FF347BA" w14:textId="16D829FA" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Personnel working in </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">remote location are required to have access to advanced first-aid training. The work environment and potential hazards should be assessed to determine if injuries could result that would require first-aid skills outside the scope of a standard first-aid course. In these cases, wilderness first-aid training may be more appropriate. Arrangements for advanced first-aid training can be made by contacting the EH&amp;S Training team at </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00104F62" w:rsidRPr="00FE06F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ehstrain@uw.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 206.543.7201.</w:t>
+      <w:r w:rsidR="004B5EA7">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A845318" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRPr="00F80831" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc149921743"/>
       <w:r w:rsidRPr="33E095BF">
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
         <w:t>First-aid kits</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="21CB1E05" w14:textId="1436B23C" w:rsidR="003A065D" w:rsidRDefault="001318C5" w:rsidP="00064B4E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>First-aid supplies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EE24ADD" w14:textId="1160707B" w:rsidR="001318C5" w:rsidRDefault="00975323" w:rsidP="00B6787A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">First-aid supplies are required to be readily available to all personnel, and stored in clean, clearly marked, portable containers. </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t>Containers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> must be made of material that protects them from damage, deterioration, or contamination in the work environment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061C91D9" w14:textId="3BC7D981" w:rsidR="00975323" w:rsidRDefault="001A171C" w:rsidP="00B6787A">
+    <w:p w14:paraId="061C91D9" w14:textId="1F614C85" w:rsidR="00975323" w:rsidRDefault="001A171C" w:rsidP="00B6787A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">First-aid kits and supplies may be purchased through </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00104F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>UW Procurement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or through a local retailer or safety supply vendor.</w:t>
       </w:r>
       <w:r w:rsidR="003A065D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Contact EH&amp;S at 206.543.7388 if you need assistance determining what types of first-aid supplies are needed for your work environment.</w:t>
+        <w:t>Contact EH&amp;S if you need assistance determining what types of first-aid supplies are needed for your work environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081C1075" w14:textId="77777777" w:rsidR="002B62C0" w:rsidRPr="008428A5" w:rsidRDefault="002B62C0" w:rsidP="00064B4E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008428A5">
         <w:t>Assess</w:t>
       </w:r>
       <w:r>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="008428A5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>additional needs</w:t>
       </w:r>
       <w:r w:rsidRPr="008428A5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2723F1BC" w14:textId="1C6C5D5A" w:rsidR="002B62C0" w:rsidRPr="00862B5B" w:rsidRDefault="002B62C0" w:rsidP="00862B5B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="240"/>
         <w:ind w:right="180"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Units are required to assess their work environments and environmental hazards to determine if additional supplies are needed beyond a standard, commercially-available kit. For example, the </w:t>
+        <w:t xml:space="preserve">Units are required to assess their work environments and environmental hazards to determine if additional supplies are needed beyond a standard, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>commercially-available</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kit. For example, the </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="001318C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">UW Field </w:t>
         </w:r>
         <w:r w:rsidR="001318C5" w:rsidRPr="001318C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Operations Safety </w:t>
         </w:r>
         <w:r w:rsidRPr="001318C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Manual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
@@ -3942,52 +4075,57 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="180"/>
       </w:pPr>
       <w:r>
         <w:t>EH&amp;S recommends omitting burn creams from UW first</w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>aid</w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t xml:space="preserve"> supplies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t>because</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the medical treatment of burns is specific to the type of burn. Most </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00064B4E">
-        <w:t xml:space="preserve">often burn </w:t>
+        <w:t>often</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00064B4E">
+        <w:t xml:space="preserve"> burn </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">treatment consists of leaving the site clean (do </w:t>
       </w:r>
       <w:r w:rsidRPr="00064B4E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> apply butter, burn gels, creams or lotions) after thoroughly rinsing with copious amounts of water.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45FA1AB9" w14:textId="632A0468" w:rsidR="00975323" w:rsidRDefault="00975323" w:rsidP="00975323">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="90"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There are a </w:t>
       </w:r>
       <w:r w:rsidR="00505CF5">
         <w:t>few</w:t>
@@ -4156,51 +4294,59 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t xml:space="preserve">allowed </w:t>
       </w:r>
       <w:r>
         <w:t>to be stocked in UW first aid kits under most circumstances.</w:t>
       </w:r>
       <w:r w:rsidR="00207AEC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Medications can interact with a person’s underlying health </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t xml:space="preserve">conditions </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">or other medications, and so must be used only for the person that they are indicated for. For example, pain medication or an EpiPen should be kept with a person’s own belongings, and not stored in the </w:t>
+        <w:t xml:space="preserve">or other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>medications, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> so must be used only for the person that they are indicated for. For example, pain medication or an EpiPen should be kept with a person’s own belongings, and not stored in the </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t xml:space="preserve">unit’s </w:t>
       </w:r>
       <w:r>
         <w:t>first</w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>aid kit. However, medications may have a place in a first</w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>aid kit in the following limited circumstances:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A8B33F8" w14:textId="77777777" w:rsidR="00975323" w:rsidRDefault="00975323" w:rsidP="00975323">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4417,52 +4563,57 @@
       </w:r>
       <w:r w:rsidR="00C15ADE">
         <w:t>help</w:t>
       </w:r>
       <w:r w:rsidR="00C15ADE" w:rsidRPr="0519FCE0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0519FCE0">
         <w:t xml:space="preserve">is hours </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="0519FCE0">
         <w:t xml:space="preserve"> days)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6BF194" w14:textId="45BC64DE" w:rsidR="00975323" w:rsidRDefault="00960AC0" w:rsidP="00C15ADE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="180"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">EH&amp;S will work with the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00277A07">
-        <w:t xml:space="preserve">requesting unit </w:t>
+        <w:t>requesting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00277A07">
+        <w:t xml:space="preserve"> unit </w:t>
       </w:r>
       <w:r w:rsidR="008F3CD6">
         <w:t xml:space="preserve">on both the risk assessment and the implementation plan to </w:t>
       </w:r>
       <w:r w:rsidR="009A0C8E">
         <w:t>maintain</w:t>
       </w:r>
       <w:r w:rsidR="00975323" w:rsidRPr="0519FCE0">
         <w:t xml:space="preserve"> a prescription medication in a first</w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00975323" w:rsidRPr="0519FCE0">
         <w:t>aid kit</w:t>
       </w:r>
       <w:r w:rsidR="009A0C8E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00975323" w:rsidRPr="0519FCE0">
         <w:t xml:space="preserve"> This </w:t>
       </w:r>
       <w:r w:rsidR="009A0C8E">
         <w:t xml:space="preserve">includes ensuring </w:t>
       </w:r>
@@ -4770,74 +4921,74 @@
       <w:r w:rsidR="00043023">
         <w:t xml:space="preserve"> kits are supplied, units</w:t>
       </w:r>
       <w:r w:rsidR="00134DBE">
         <w:t xml:space="preserve"> are required</w:t>
       </w:r>
       <w:r w:rsidR="00043023">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF5EC8">
         <w:t xml:space="preserve">to ensure </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t xml:space="preserve">personnel </w:t>
       </w:r>
       <w:r w:rsidR="00FF5EC8">
         <w:t xml:space="preserve">are trained </w:t>
       </w:r>
       <w:r w:rsidR="000D57C3">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00FF5EC8">
         <w:t xml:space="preserve"> their use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000B96F7" w14:textId="7C317877" w:rsidR="00462D6F" w:rsidRDefault="003C5438" w:rsidP="00462D6F">
+    <w:p w14:paraId="000B96F7" w14:textId="7C317877" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:hyperlink r:id="rId41" w:history="1">
-        <w:r w:rsidR="00462D6F" w:rsidRPr="00104F62">
+        <w:r w:rsidRPr="00104F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Training</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00462D6F">
+      <w:r>
         <w:t xml:space="preserve"> is available at Harborview Medical Center and other sites shown on the national </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
-        <w:r w:rsidR="00462D6F" w:rsidRPr="00104F62">
+        <w:r w:rsidRPr="00104F62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Stop the Bleed list</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00462D6F">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E056559" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRPr="00F80831" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Good_Samaritan_Act"/>
       <w:bookmarkStart w:id="29" w:name="_Toc149921746"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00F80831">
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
         <w:t>Good Samaritan Act</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="100DF554" w14:textId="5F70D3EB" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
@@ -4989,112 +5140,135 @@
         <w:t xml:space="preserve">. More information </w:t>
       </w:r>
       <w:r w:rsidR="001318C5">
         <w:t xml:space="preserve">about </w:t>
       </w:r>
       <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="001318C5" w:rsidRPr="001318C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>incident reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001318C5">
         <w:t xml:space="preserve"> is available </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">on the EH&amp;S website. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233CAB87" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">University personnel who are first-aid trained as a collateral job duty are </w:t>
+        <w:t xml:space="preserve">University personnel who are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>first-aid</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> trained as a collateral job duty are </w:t>
       </w:r>
       <w:r w:rsidRPr="00064B4E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> required to have annual bloodborne pathogen training nor are they required to be offered a Hepatitis B immunization.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="658E3EFE" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRPr="00F80831" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc149921748"/>
       <w:r w:rsidRPr="00F80831">
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
         <w:t>Resources and contact information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="1D137F53" w14:textId="24CAAF83" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
+    <w:p w14:paraId="1D137F53" w14:textId="7D7CF905" w:rsidR="00462D6F" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Questions regarding first aid should be directed to EH&amp;S at 206.543.7388 or </w:t>
+        <w:t>Questions regarding first aid should be directed to EH&amp;S at 206.543.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6CE2">
+        <w:t>7262</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidR="00104F62" w:rsidRPr="00FE06F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ehsdept@uw.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="593CBC8E" w14:textId="77777777" w:rsidR="00104F62" w:rsidRDefault="00104F62" w:rsidP="00064B4E"/>
     <w:p w14:paraId="4001D8CB" w14:textId="0D785932" w:rsidR="00462D6F" w:rsidRPr="00064B4E" w:rsidRDefault="001321C9" w:rsidP="00064B4E">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00064B4E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Continued on next page.</w:t>
+        <w:t>Continued on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00064B4E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> next page.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2912D70D" w14:textId="77777777" w:rsidR="00462D6F" w:rsidRDefault="00462D6F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Encode Sans Wide" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Encode Sans Wide" w:cstheme="majorBidi"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C55F473" w14:textId="21E6A9F5" w:rsidR="00462D6F" w:rsidRPr="00F80831" w:rsidRDefault="00462D6F" w:rsidP="00462D6F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="33006F"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Appendix_1:_Documentation"/>
@@ -5286,56 +5460,56 @@
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="office"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00DF2538">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t xml:space="preserve">Office  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
@@ -5343,56 +5517,56 @@
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="laboratory"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="38" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="00DF2538">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t xml:space="preserve">Laboratory  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
@@ -5400,56 +5574,56 @@
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="shop or warehouse"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="39" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="00DF2538">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t xml:space="preserve">Shop or </w:t>
       </w:r>
       <w:r>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
@@ -5463,56 +5637,56 @@
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="remote location"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="40" w:name="Check4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="00DF2538">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t xml:space="preserve">Remote </w:t>
       </w:r>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
@@ -5532,56 +5706,56 @@
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="other work environment"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="41" w:name="Check5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidR="00DF2538">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t>Other</w:t>
       </w:r>
       <w:r w:rsidR="00DF2538">
         <w:t xml:space="preserve"> (explain): </w:t>
       </w:r>
       <w:r>
@@ -5706,119 +5880,124 @@
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="We will rely on our local municipal emergency response service to provide first aid.*"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="43" w:name="Check6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidR="00DF2538">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
-        <w:t>We will rely on our local municipal emergency response service to provide first aid.*</w:t>
-      </w:r>
+        <w:t xml:space="preserve">We will rely on our local municipal emergency response service to provide first </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00462D6F">
+        <w:t>aid.*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="67558614" w14:textId="484DDB64" w:rsidR="00DF2538" w:rsidRDefault="00B7708A" w:rsidP="008A334A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="270"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="We will ensure that first-aid trained personnel are available to render first aid to our personnel. "/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="44" w:name="Check7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidR="00DF2538">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t>We will ensure that first-aid trained personnel are available to render first aid to our personnel. The following personnel have received first-aid training within the past two years and are certified</w:t>
       </w:r>
       <w:r w:rsidR="00DF2538">
         <w:t xml:space="preserve"> to provide first aid (</w:t>
       </w:r>
       <w:r w:rsidR="00DF2538" w:rsidRPr="00DF2538">
@@ -5969,56 +6148,56 @@
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="We have a specialized procedure for ensuring quick and effective first aid is available to our personnel "/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="47" w:name="Check8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidR="00DF2538">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00462D6F">
         <w:t>We have a specialized procedure for ensuring quick and effective first aid is available to our personnel</w:t>
       </w:r>
       <w:r w:rsidR="00DF2538">
         <w:t xml:space="preserve"> (describe below):</w:t>
       </w:r>
     </w:p>
@@ -6171,51 +6350,59 @@
         </w:rPr>
         <w:t>lan for p</w:t>
       </w:r>
       <w:r w:rsidRPr="008A334A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ersonnel </w:t>
       </w:r>
       <w:r w:rsidR="00DF2538" w:rsidRPr="008A334A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">who </w:t>
       </w:r>
       <w:r w:rsidRPr="008A334A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>work alone outside of normal business hours</w:t>
       </w:r>
       <w:r w:rsidR="00DF2538">
-        <w:t xml:space="preserve"> (describe your plan for these individuals to obtain emergency assistance}: </w:t>
+        <w:t xml:space="preserve"> (describe your plan for these individuals to obtain emergency </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DF2538">
+        <w:t>assistance}:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF2538">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D4EADAD" w14:textId="7714A817" w:rsidR="00DF2538" w:rsidRDefault="00B7708A" w:rsidP="008A334A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="Plan for personnel who work alone outside of normal business hours "/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:bookmarkStart w:id="50" w:name="Text8"/>
       <w:r>
         <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
       </w:r>
@@ -6321,56 +6508,56 @@
         <w:ind w:left="270"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="Our unit has a designated Automated External Defibrillator (AED) at our location."/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004F0F09">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F0F09">
         <w:t>Our unit has a designated Automated External Defibrillator</w:t>
       </w:r>
       <w:r w:rsidR="008E2B5C">
         <w:t xml:space="preserve"> (AED)</w:t>
       </w:r>
       <w:r w:rsidR="00074961">
         <w:t xml:space="preserve"> at our location</w:t>
@@ -6453,56 +6640,56 @@
         <w:ind w:left="270"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="We have designated an AED coordinator "/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003C5438">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00D217A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D217A8">
         <w:t xml:space="preserve">We </w:t>
       </w:r>
       <w:r w:rsidR="009D1884">
         <w:t>have designated an AED coordinator who is responsible for registration, training, and maintenance of the AED</w:t>
       </w:r>
       <w:r w:rsidR="00913270">
         <w:t xml:space="preserve">, as well as recordkeeping for the device and its use. </w:t>
@@ -6575,50 +6762,51 @@
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55214C06" w14:textId="11C9EC03" w:rsidR="008E2B5C" w:rsidRPr="00B6787A" w:rsidRDefault="00F628B0" w:rsidP="00B43A75">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Additional </w:t>
       </w:r>
       <w:r w:rsidR="00B7708A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">rovisions: </w:t>
       </w:r>
       <w:r w:rsidR="009363AA">
         <w:t>Any additional measures or supplies</w:t>
       </w:r>
       <w:r w:rsidR="00645E20">
         <w:t xml:space="preserve"> designated for first-aid response </w:t>
       </w:r>
       <w:r w:rsidR="00FD01B4">
         <w:t xml:space="preserve">(e.g., location of Stop the Bleed kits) </w:t>
       </w:r>
@@ -6852,77 +7040,77 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*Note: If your work environment is a laboratory, shop, or warehouse or personnel conduct confined space entry, welding, scuba diving, and electrical power construction, generation, transmission, and distribution they are required to be first-aid and CPR trained and cannot depend upon local municipal emergency response. You will need to ensure that first-aid trained personnel are available on site when personnel are present.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CD7A1D" w:rsidRPr="00DF2538" w:rsidSect="00462D6F">
       <w:headerReference w:type="default" r:id="rId50"/>
       <w:footerReference w:type="default" r:id="rId51"/>
       <w:headerReference w:type="first" r:id="rId52"/>
       <w:footerReference w:type="first" r:id="rId53"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="864" w:left="1440" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3460524C" w14:textId="77777777" w:rsidR="00863FFF" w:rsidRDefault="00863FFF" w:rsidP="000F1F41">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7497EA4B" w14:textId="77777777" w:rsidR="00863FFF" w:rsidRDefault="00863FFF" w:rsidP="000F1F41">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="53EEFCF0" w14:textId="77777777" w:rsidR="00863FFF" w:rsidRDefault="00863FFF">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6978,116 +7166,116 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Encode Sans Normal Black">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Uni Sans Light">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49F790DC" w14:textId="77777777" w:rsidR="00730757" w:rsidRDefault="00A331FD" w:rsidP="00E624DB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00730757">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73E0C99F" wp14:editId="68D7B255">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>-51435</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9363075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6499860" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="15240" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="15" name="Text Box 15"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6499860" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-                          <ma14:wrappingTextBoxFlag xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
+                          <ma14:wrappingTextBoxFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="058021BF" w14:textId="10AD9B3F" w:rsidR="00B50EE4" w:rsidRPr="00E624DB" w:rsidRDefault="00500D3F" w:rsidP="00E624DB">
                           <w:pPr>
                             <w:pStyle w:val="Footer"/>
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
@@ -7238,72 +7426,72 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="521018" cy="347345"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                      <ma14:placeholderFlag xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
+                      <ma14:placeholderFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2FE37513" w14:textId="77777777" w:rsidR="0008411C" w:rsidRDefault="0008411C" w:rsidP="00E624DB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00730757">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34486725" wp14:editId="58A9B89A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>8448675</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2055495" cy="1370965"/>
           <wp:effectExtent l="0" t="0" r="1905" b="635"/>
           <wp:wrapNone/>
           <wp:docPr id="68" name="Picture 68"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -7320,174 +7508,174 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2055495" cy="1370965"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                      <ma14:placeholderFlag xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
+                      <ma14:placeholderFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6DD0DF87" w14:textId="77777777" w:rsidR="00863FFF" w:rsidRDefault="00863FFF" w:rsidP="000F1F41">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="31B55DD8" w14:textId="77777777" w:rsidR="00863FFF" w:rsidRDefault="00863FFF" w:rsidP="000F1F41">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="7FABBEF7" w14:textId="77777777" w:rsidR="00863FFF" w:rsidRDefault="00863FFF">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="40A6A519" w14:textId="77777777" w:rsidR="00730757" w:rsidRDefault="00464F88" w:rsidP="00E624DB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00730757">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D0F2654" wp14:editId="693E1451">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>2717165</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>285750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3914775" cy="266700"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="71" name="Text Box 71"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3914775" cy="266700"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-                          <ma14:wrappingTextBoxFlag xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
+                          <ma14:wrappingTextBoxFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="021BD4B3" w14:textId="456C2274" w:rsidR="00464F88" w:rsidRPr="00E624DB" w:rsidRDefault="00BE01EB" w:rsidP="00E624DB">
+                        <w:p w14:paraId="021BD4B3" w14:textId="22149D5F" w:rsidR="00464F88" w:rsidRPr="00E624DB" w:rsidRDefault="00BE01EB" w:rsidP="00E624DB">
                           <w:pPr>
                             <w:pStyle w:val="Header"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> STYLEREF  "Heading 1"  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="003C5438">
+                          <w:r w:rsidR="002D6CE2">
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
-                            <w:t>Stop the Bleed Kits</w:t>
+                            <w:t>First-aid kits</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r w:rsidR="00E624DB" w:rsidRPr="00E624DB">
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00464F88" w:rsidRPr="00E624DB">
                             <w:t xml:space="preserve">| Page </w:t>
                           </w:r>
                           <w:r w:rsidR="00464F88" w:rsidRPr="00E624DB">
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidR="00464F88" w:rsidRPr="00E624DB">
                             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r w:rsidR="00464F88" w:rsidRPr="00E624DB">
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
@@ -7516,77 +7704,77 @@
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="1D0F2654" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 71" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:213.95pt;margin-top:22.5pt;width:308.25pt;height:21pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMoJ3UDQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadIC7RI1XZVdFSFV&#10;uyt10Z5dx24iJR4zdpuUX8/YSVpYOCEuzmRmPB/vPS9vu6ZmJ4WuApPz6STlTBkJRWUOOf/2vHl3&#10;w5nzwhSiBqNyflaO367evlm2NlMzKKEuFDIqYlzW2pyX3tssSZwsVSPcBKwyFNSAjfD0i4ekQNFS&#10;9aZOZmk6T1rAwiJI5Rx57/sgX8X6WivpH7V2yrM65zSbjyfGcx/OZLUU2QGFLSs5jCH+YYpGVIaa&#10;XkrdCy/YEas/SjWVRHCg/URCk4DWlVRxB9pmmr7aZlcKq+IuBI6zF5jc/ysrH047+4TMd5+hIwID&#10;IK11mSNn2KfT2IQvTcooThCeL7CpzjNJzvefph8Wi4+cSYrN5vNFGnFNrrctOv9FQcOCkXMkWiJa&#10;4rR1njpS6pgSmhnYVHUdqanNbw5K7D0qcjvcvg4cLN/tu2GLPRRnWg6h591Zualogq1w/kkgEU37&#10;kHj9Ix26hjbnMFiclYA//uYP+YQ/RTlrSTg5d9+PAhVn9VdDzASVjQaOxn40zLG5A9LilJ6FldGk&#10;C+jr0dQIzQtpeh26UEgYSb1y7kfzzvfypTch1Xodk0hLVvit2VkZSgfIAp7P3YtAO4Duia4HGCUl&#10;slfY97k92OujB11FYgKgPYrEUvghHUa+hjcThP7rf8y6vuzVTwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AH+MT5zfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNxYwlT2UZpOE4IT&#10;EqIrB45p47XVGqc02Vb+Pd5p3Gz50evnzTaT68UJx9B50vA4UyCQam87ajR8lW8PKxAhGrKm94Qa&#10;fjHAJr+9yUxq/ZkKPO1iIziEQmo0tDEOqZShbtGZMPMDEt/2fnQm8jo20o7mzOGul3OlFtKZjvhD&#10;awZ8abE+7I5Ow/abitfu56P6LPZFV5ZrRe+Lg9b3d9P2GUTEKV5huOizOuTsVPkj2SB6Dcl8uWaU&#10;hyfudAFUkiQgKg2rpQKZZ/J/hfwPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADKCd1A0C&#10;AAAhBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAf4xP&#10;nN8AAAAKAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="021BD4B3" w14:textId="456C2274" w:rsidR="00464F88" w:rsidRPr="00E624DB" w:rsidRDefault="00BE01EB" w:rsidP="00E624DB">
+                  <w:p w14:paraId="021BD4B3" w14:textId="22149D5F" w:rsidR="00464F88" w:rsidRPr="00E624DB" w:rsidRDefault="00BE01EB" w:rsidP="00E624DB">
                     <w:pPr>
                       <w:pStyle w:val="Header"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> STYLEREF  "Heading 1"  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r w:rsidR="003C5438">
+                    <w:r w:rsidR="002D6CE2">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t>Stop the Bleed Kits</w:t>
+                      <w:t>First-aid kits</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidR="00E624DB" w:rsidRPr="00E624DB">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00464F88" w:rsidRPr="00E624DB">
                       <w:t xml:space="preserve">| Page </w:t>
                     </w:r>
                     <w:r w:rsidR="00464F88" w:rsidRPr="00E624DB">
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidR="00464F88" w:rsidRPr="00E624DB">
                       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r w:rsidR="00464F88" w:rsidRPr="00E624DB">
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
@@ -7645,51 +7833,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6632448" cy="353568"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0E57609B" w14:textId="77777777" w:rsidR="00730757" w:rsidRDefault="00960A33" w:rsidP="00C8419A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-810"/>
     </w:pPr>
     <w:r w:rsidRPr="00730757">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50FC41CA" wp14:editId="7874CF7A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>4486910</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1485900" cy="125095"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="69" name="Picture 69"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -7707,72 +7895,72 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1485900" cy="125095"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                      <ma14:placeholderFlag xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
+                      <ma14:placeholderFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="42C4E2F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="345C3BC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -9588,53 +9776,54 @@
   <w:num w:numId="20" w16cid:durableId="639772373">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="849219958">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="849374871">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="160437536">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1336032354">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="864291645">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="725301075">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -9653,125 +9842,128 @@
     <w:rsid w:val="000F1F41"/>
     <w:rsid w:val="000F66B2"/>
     <w:rsid w:val="00104F62"/>
     <w:rsid w:val="00117B32"/>
     <w:rsid w:val="001318C5"/>
     <w:rsid w:val="001321C9"/>
     <w:rsid w:val="00134DBE"/>
     <w:rsid w:val="001356F8"/>
     <w:rsid w:val="00145AF9"/>
     <w:rsid w:val="00153465"/>
     <w:rsid w:val="00173977"/>
     <w:rsid w:val="0017664E"/>
     <w:rsid w:val="001A171C"/>
     <w:rsid w:val="001E0743"/>
     <w:rsid w:val="001F3B00"/>
     <w:rsid w:val="001F671B"/>
     <w:rsid w:val="00207AEC"/>
     <w:rsid w:val="00236C21"/>
     <w:rsid w:val="00270ED1"/>
     <w:rsid w:val="00276B2F"/>
     <w:rsid w:val="0027789F"/>
     <w:rsid w:val="00277A07"/>
     <w:rsid w:val="002B155F"/>
     <w:rsid w:val="002B62C0"/>
     <w:rsid w:val="002C4AF7"/>
+    <w:rsid w:val="002D6CE2"/>
     <w:rsid w:val="003050F5"/>
     <w:rsid w:val="003120DE"/>
     <w:rsid w:val="00314EF2"/>
     <w:rsid w:val="003257F7"/>
     <w:rsid w:val="00331AEA"/>
     <w:rsid w:val="00335541"/>
     <w:rsid w:val="0034038E"/>
     <w:rsid w:val="0034190B"/>
     <w:rsid w:val="003723F1"/>
     <w:rsid w:val="00395EFA"/>
     <w:rsid w:val="003A065D"/>
     <w:rsid w:val="003A4009"/>
     <w:rsid w:val="003B05B7"/>
     <w:rsid w:val="003B456D"/>
     <w:rsid w:val="003C022F"/>
     <w:rsid w:val="003C2BE2"/>
     <w:rsid w:val="003C5438"/>
     <w:rsid w:val="003E1377"/>
     <w:rsid w:val="00427CCA"/>
     <w:rsid w:val="004446BE"/>
     <w:rsid w:val="00453C7D"/>
     <w:rsid w:val="00456D39"/>
     <w:rsid w:val="00462682"/>
     <w:rsid w:val="00462D6F"/>
     <w:rsid w:val="00464F88"/>
     <w:rsid w:val="00471547"/>
     <w:rsid w:val="00492049"/>
     <w:rsid w:val="00497B7C"/>
+    <w:rsid w:val="004B5EA7"/>
     <w:rsid w:val="004C734C"/>
     <w:rsid w:val="004E2B65"/>
     <w:rsid w:val="004F0F09"/>
     <w:rsid w:val="00500D3F"/>
     <w:rsid w:val="005012A3"/>
     <w:rsid w:val="00505CF5"/>
     <w:rsid w:val="0052013C"/>
     <w:rsid w:val="005258FA"/>
     <w:rsid w:val="005463AE"/>
     <w:rsid w:val="00571B72"/>
     <w:rsid w:val="00574454"/>
     <w:rsid w:val="00595A5A"/>
     <w:rsid w:val="005E7C36"/>
     <w:rsid w:val="005F56AB"/>
     <w:rsid w:val="00641205"/>
     <w:rsid w:val="00645E20"/>
     <w:rsid w:val="006471A8"/>
     <w:rsid w:val="00652FC5"/>
     <w:rsid w:val="006824CC"/>
     <w:rsid w:val="006860A0"/>
     <w:rsid w:val="00687EF1"/>
     <w:rsid w:val="006D31D0"/>
     <w:rsid w:val="006D5D9E"/>
     <w:rsid w:val="006E640B"/>
     <w:rsid w:val="006F15F6"/>
     <w:rsid w:val="006F2461"/>
     <w:rsid w:val="007041A9"/>
     <w:rsid w:val="007220CC"/>
     <w:rsid w:val="00730757"/>
     <w:rsid w:val="0075032C"/>
     <w:rsid w:val="007664D3"/>
     <w:rsid w:val="007832F5"/>
     <w:rsid w:val="00785E78"/>
     <w:rsid w:val="00793C7A"/>
     <w:rsid w:val="007A03C7"/>
     <w:rsid w:val="007C3FDE"/>
     <w:rsid w:val="007E1874"/>
     <w:rsid w:val="007E6110"/>
     <w:rsid w:val="007F350B"/>
     <w:rsid w:val="00806E1B"/>
     <w:rsid w:val="00813400"/>
     <w:rsid w:val="008428A5"/>
     <w:rsid w:val="00862B5B"/>
     <w:rsid w:val="00863FFF"/>
     <w:rsid w:val="0087004E"/>
     <w:rsid w:val="0087218F"/>
     <w:rsid w:val="00875124"/>
+    <w:rsid w:val="00875BFC"/>
     <w:rsid w:val="008779E3"/>
     <w:rsid w:val="00880246"/>
     <w:rsid w:val="008A334A"/>
     <w:rsid w:val="008B207E"/>
     <w:rsid w:val="008C3350"/>
     <w:rsid w:val="008D28A4"/>
     <w:rsid w:val="008E2B5C"/>
     <w:rsid w:val="008F32C4"/>
     <w:rsid w:val="008F3CD6"/>
     <w:rsid w:val="00904B44"/>
     <w:rsid w:val="009076DB"/>
     <w:rsid w:val="00907718"/>
     <w:rsid w:val="00912B74"/>
     <w:rsid w:val="00913270"/>
     <w:rsid w:val="00921240"/>
     <w:rsid w:val="009363AA"/>
     <w:rsid w:val="00960A33"/>
     <w:rsid w:val="00960AC0"/>
     <w:rsid w:val="0096252C"/>
     <w:rsid w:val="00964EF0"/>
     <w:rsid w:val="00975323"/>
     <w:rsid w:val="0097745F"/>
     <w:rsid w:val="00977762"/>
     <w:rsid w:val="00984405"/>
     <w:rsid w:val="009A0C8E"/>
@@ -9893,51 +10085,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6434BEC6"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{51FE2E07-E207-4D31-A612-2BBD07F0D995}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10830,51 +11022,51 @@
     <w:rsid w:val="00A56914"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A56914"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.leg.wa.gov/wac/default.aspx?cite=296-800-15020" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/resource/uw-field-operations-safety-manual-1110" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ehsdept@uw.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/fire-life/automated-external-defibrillators" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/research-lab/field-operations-safety" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/system/files/resources/Focus_Sheet-HF.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.bleedingcontrol.org/class/search" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ehs.washington.edu/ohsoars/index.shtm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.washington.edu/admin/rules/policies/PO/EO55.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/training/training-records" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ehs.washington.edu/system/files/resources/divingsafetymanualuw.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/resource/uw-field-operations-safety-manual-1110" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/system/files/resources/aed-focus-sheet.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stopthebleed.org/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/biological/bloodborne-pathogens" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/system/files/resources/working-alone-safely.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://f2.washington.edu/fm/ps/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.leg.wa.gov/rcw/default.aspx?cite=4.24.300" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.washington.edu/admin/rules/policies/APS/10.03.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/training/wilderness-first-aid-environment-and-forestry-sciences-restricted-registration-code" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ehs.washington.edu/training/find-your-course" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ehstrain@uw.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/overthecountermedicines.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doh.wa.gov/sites/default/files/legacy/Documents/2900/goodsam.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/workplace/incident-reporting" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.leg.wa.gov/wac/default.aspx?cite=296-800-150" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/research-lab/field-operations-safety" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/training/scientific-diver-first-aidcpraedoxygen-administration" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehs.washington.edu/resource/field-work-risk-assessment-tool-field-rat-guidelines-1106" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/fire-life/automated-external-defibrillators" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/workplace/uw-employee-health-center" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/system/files/resources/uw-field-operations-safety-manual.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hiprc.org/outreach/stop-the-bleed/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.washington.edu/admin/rules/policies/PO/EO55.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/research-lab/field-operations-safety" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehs.washington.edu/training/training-records" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehs.washington.edu/resource/uw-field-operations-safety-manual-1110" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ehsdept@uw.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -11192,71 +11384,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A2B521B117EEEB41AC56002C9A03E6C7" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d7329609a2a9fe097110c2aac8a9f9d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="c1eb7a5c-0d9a-43f9-b0d2-9ed60322580f" xmlns:ns4="0836aafe-29eb-4955-a052-574e66936ab3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d62d1c1e756e734a37cca1e5e467afd2" ns3:_="" ns4:_="">
     <xsd:import namespace="c1eb7a5c-0d9a-43f9-b0d2-9ed60322580f"/>
     <xsd:import namespace="0836aafe-29eb-4955-a052-574e66936ab3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -11453,138 +11624,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="c1eb7a5c-0d9a-43f9-b0d2-9ed60322580f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCDF677D-3623-45A9-AFC0-E1DB1E0FC5F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1eb7a5c-0d9a-43f9-b0d2-9ed60322580f"/>
     <ds:schemaRef ds:uri="0836aafe-29eb-4955-a052-574e66936ab3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57FF6A4F-FC84-40C7-8E28-6337DD4903C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B65DE2B7-0051-4653-8D00-B506A84EF3D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="0836aafe-29eb-4955-a052-574e66936ab3"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c1eb7a5c-0d9a-43f9-b0d2-9ed60322580f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98AC6A07-AEC7-4E98-A46E-99A4B0F0FE5D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f6b6dd5b-f02f-441a-99a0-162ac5060bd2}" enabled="0" method="" siteId="{f6b6dd5b-f02f-441a-99a0-162ac5060bd2}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>24848</Characters>
+  <Pages>13</Pages>
+  <Words>4392</Words>
+  <Characters>24775</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>207</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Lines>476</Lines>
+  <Paragraphs>245</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Washington</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29149</CharactersWithSpaces>
+  <CharactersWithSpaces>28922</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karen Crow, UW EH&amp;S</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A2B521B117EEEB41AC56002C9A03E6C7</vt:lpwstr>